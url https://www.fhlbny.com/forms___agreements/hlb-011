--- v0 (2025-10-30)
+++ v1 (2026-01-31)
@@ -9,60 +9,60 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24326"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Membership\GW\Eligibility Worksheet Templates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\BankForms\Forms_Agreements\By Number\H\HLB Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D98850BA-1CB6-4F08-AA9B-8188924D7741}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F8567B5-1624-4EF5-83D7-6732552E956C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="672" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="672" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Makes" sheetId="1" r:id="rId1"/>
     <sheet name="Performance" sheetId="7" r:id="rId2"/>
     <sheet name="Stock" sheetId="5" r:id="rId3"/>
     <sheet name="Quarterly Certification" sheetId="8" r:id="rId4"/>
     <sheet name="QModule" sheetId="4" state="veryHidden" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="_ToM14">#REF!</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
@@ -208,51 +208,51 @@
   <c r="H47" i="7"/>
   <c r="H38" i="7"/>
   <c r="B41" i="7" s="1"/>
   <c r="B32" i="7"/>
   <c r="B49" i="7"/>
   <c r="B40" i="7"/>
   <c r="B31" i="7"/>
   <c r="B24" i="7"/>
   <c r="H22" i="7"/>
   <c r="B25" i="7" s="1"/>
   <c r="E10" i="5"/>
   <c r="E12" i="5"/>
   <c r="J12" i="5"/>
   <c r="J25" i="5"/>
   <c r="J26" i="5" s="1"/>
   <c r="J26" i="1"/>
   <c r="L48" i="7" l="1"/>
   <c r="H48" i="7"/>
   <c r="B50" i="7"/>
   <c r="J27" i="5"/>
   <c r="J28" i="5" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="149">
   <si>
     <t xml:space="preserve">Institution Name: </t>
   </si>
   <si>
     <t>Dollar Amount in Thousands</t>
   </si>
   <si>
     <t>Signed By:</t>
   </si>
   <si>
     <t>Print Name:</t>
   </si>
   <si>
     <t>Title:</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
     <t>Home Mortgage Loan Eligibility Test</t>
   </si>
   <si>
     <t xml:space="preserve">Quarter Ended: </t>
   </si>
   <si>
@@ -486,53 +486,50 @@
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0070C0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Note</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF0070C0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>: latest year information is based on information from the latest available audited financial statements;</t>
     </r>
   </si>
   <si>
     <t>information for preceding year 2 is based on information from audited financial statements from 2 years ago</t>
-  </si>
-[...1 lines deleted...]
-    <t>information for preceding year 1 is based on information from the prior year's audited financial statements;</t>
   </si>
   <si>
     <t>based on most recent quarter</t>
   </si>
   <si>
     <t xml:space="preserve">Member Name:  </t>
   </si>
   <si>
     <t>CDFI Quarterly Certification</t>
   </si>
   <si>
     <t xml:space="preserve">2)  Remains in compliance with all covenants in all other lending agreements:     </t>
   </si>
   <si>
     <t xml:space="preserve">3)  All loans pledged to Federal Home Loan Bank of New York are not encumbered by another institution:     </t>
   </si>
   <si>
     <t>b)  Total assets of third party pledgor</t>
   </si>
   <si>
     <t>c)  a / b</t>
   </si>
   <si>
     <t>b)  Total Assets</t>
   </si>
@@ -900,63 +897,72 @@
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(based on most recent quarter)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">10)  FHLBNY requires the Member to provide the amount of loans that are 30-89 days past due as a percentage of total loans </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(based on most recent quarter)</t>
     </r>
   </si>
+  <si>
+    <t xml:space="preserve"> information for preceding year 1 is based on information from the prior year's audited financial statements;</t>
+  </si>
+  <si>
+    <t>Most Recent</t>
+  </si>
+  <si>
+    <t>Financial Statement</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="#,##0.000"/>
     <numFmt numFmtId="165" formatCode="[=0]\-0\-;&quot;$&quot;* #,##0.000_);[Red]\(&quot;$&quot;#,##0.000\)"/>
     <numFmt numFmtId="166" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
     <numFmt numFmtId="168" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
-  <fonts count="32" x14ac:knownFonts="1">
+  <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1116,50 +1122,55 @@
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="47"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
@@ -1423,51 +1434,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="284">
+  <cellXfs count="286">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="8" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -1755,399 +1766,405 @@
     </xf>
     <xf numFmtId="37" fontId="23" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="23" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="23" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="23" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="39" fontId="23" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="40"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="40"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="166" fontId="7" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="8"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="166" fontId="8" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...69 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...43 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="166" fontId="8" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="8" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...23 lines deleted...]
-      <alignment horizontal="left" vertical="top" indent="8"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="41"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...39 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="32" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -2376,51 +2393,51 @@
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r" rtl="0">
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="808080"/>
                 </a:solidFill>
                 <a:latin typeface="AvantGarde Bk BT"/>
               </a:rPr>
-              <a:t>1/2022</a:t>
+              <a:t>12/2025</a:t>
             </a:r>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="12" name="Text Box 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4888856" y="653313"/>
             <a:ext cx="1197205" cy="142025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -2561,71 +2578,71 @@
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>13</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>228600</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="16" name="Group 18">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000010000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="6124575" y="0"/>
+          <a:off x="6924675" y="0"/>
           <a:ext cx="2000250" cy="800100"/>
           <a:chOff x="4888856" y="0"/>
           <a:chExt cx="1995342" cy="795338"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="17" name="Text Box 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000011000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6048055" y="0"/>
             <a:ext cx="836143" cy="227239"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -2646,51 +2663,51 @@
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r" rtl="0">
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="808080"/>
                 </a:solidFill>
                 <a:latin typeface="AvantGarde Bk BT"/>
               </a:rPr>
-              <a:t>1/2022</a:t>
+              <a:t>12/2025</a:t>
             </a:r>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="18" name="Text Box 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000012000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4888856" y="653313"/>
             <a:ext cx="1197205" cy="142025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -2916,51 +2933,51 @@
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" upright="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r" rtl="0">
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="808080"/>
                 </a:solidFill>
                 <a:latin typeface="AvantGarde Bk BT"/>
               </a:rPr>
-              <a:t>1/2022</a:t>
+              <a:t>12/2025</a:t>
             </a:r>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="15" name="Text Box 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000F000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4888856" y="653313"/>
             <a:ext cx="1197205" cy="142025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -3021,216 +3038,182 @@
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="AvantGarde Md BT"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="http://www.fhlbny.com/bus_dev/Cache/Temporary%20Internet%20Files/Content.Outlook/L6DWG2JJ/HLB_005.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Makes10%"/>
       <sheetName val="Performance"/>
       <sheetName val="Stock"/>
       <sheetName val="QModule"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -3474,499 +3457,499 @@
       <c r="E4" s="46"/>
       <c r="F4" s="46"/>
       <c r="G4" s="46"/>
       <c r="H4" s="46"/>
       <c r="I4" s="47"/>
       <c r="J4" s="47"/>
       <c r="K4" s="52"/>
       <c r="L4" s="34"/>
     </row>
     <row r="5" spans="1:12" s="35" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A5" s="45"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="42"/>
       <c r="J5" s="42"/>
       <c r="K5" s="52"/>
       <c r="L5" s="43"/>
     </row>
     <row r="6" spans="1:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="52"/>
-      <c r="B6" s="156"/>
-[...7 lines deleted...]
-      <c r="J6" s="156"/>
+      <c r="B6" s="167"/>
+      <c r="C6" s="167"/>
+      <c r="D6" s="167"/>
+      <c r="E6" s="167"/>
+      <c r="F6" s="167"/>
+      <c r="G6" s="167"/>
+      <c r="H6" s="167"/>
+      <c r="I6" s="167"/>
+      <c r="J6" s="167"/>
       <c r="K6" s="52"/>
     </row>
     <row r="7" spans="1:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="52"/>
-      <c r="B7" s="160" t="s">
+      <c r="B7" s="171" t="s">
         <v>31</v>
       </c>
-      <c r="C7" s="160"/>
-[...6 lines deleted...]
-      <c r="J7" s="160"/>
+      <c r="C7" s="171"/>
+      <c r="D7" s="171"/>
+      <c r="E7" s="171"/>
+      <c r="F7" s="171"/>
+      <c r="G7" s="171"/>
+      <c r="H7" s="171"/>
+      <c r="I7" s="171"/>
+      <c r="J7" s="171"/>
       <c r="K7" s="52"/>
     </row>
     <row r="8" spans="1:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="52"/>
-      <c r="B8" s="160" t="s">
+      <c r="B8" s="171" t="s">
         <v>55</v>
       </c>
-      <c r="C8" s="160"/>
-[...6 lines deleted...]
-      <c r="J8" s="160"/>
+      <c r="C8" s="171"/>
+      <c r="D8" s="171"/>
+      <c r="E8" s="171"/>
+      <c r="F8" s="171"/>
+      <c r="G8" s="171"/>
+      <c r="H8" s="171"/>
+      <c r="I8" s="171"/>
+      <c r="J8" s="171"/>
       <c r="K8" s="52"/>
     </row>
     <row r="9" spans="1:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="52"/>
-      <c r="B9" s="161" t="s">
+      <c r="B9" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="C9" s="161"/>
-[...6 lines deleted...]
-      <c r="J9" s="161"/>
+      <c r="C9" s="172"/>
+      <c r="D9" s="172"/>
+      <c r="E9" s="172"/>
+      <c r="F9" s="172"/>
+      <c r="G9" s="173"/>
+      <c r="H9" s="172"/>
+      <c r="I9" s="172"/>
+      <c r="J9" s="172"/>
       <c r="K9" s="52"/>
     </row>
     <row r="10" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="52"/>
-      <c r="B10" s="163" t="s">
-[...9 lines deleted...]
-      <c r="J10" s="164"/>
+      <c r="B10" s="174" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" s="175"/>
+      <c r="D10" s="175"/>
+      <c r="E10" s="175"/>
+      <c r="F10" s="175"/>
+      <c r="G10" s="175"/>
+      <c r="H10" s="175"/>
+      <c r="I10" s="175"/>
+      <c r="J10" s="175"/>
       <c r="K10" s="52"/>
     </row>
     <row r="11" spans="1:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="52"/>
-      <c r="B11" s="148" t="s">
+      <c r="B11" s="163" t="s">
         <v>0</v>
       </c>
-      <c r="C11" s="148"/>
-[...6 lines deleted...]
-      <c r="J11" s="155"/>
+      <c r="C11" s="163"/>
+      <c r="D11" s="163"/>
+      <c r="E11" s="176"/>
+      <c r="F11" s="176"/>
+      <c r="G11" s="176"/>
+      <c r="H11" s="176"/>
+      <c r="I11" s="176"/>
+      <c r="J11" s="176"/>
       <c r="K11" s="52"/>
     </row>
     <row r="12" spans="1:12" s="3" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="52"/>
-      <c r="B12" s="165"/>
-[...7 lines deleted...]
-      <c r="J12" s="166"/>
+      <c r="B12" s="178"/>
+      <c r="C12" s="164"/>
+      <c r="D12" s="164"/>
+      <c r="E12" s="164"/>
+      <c r="F12" s="164"/>
+      <c r="G12" s="164"/>
+      <c r="H12" s="164"/>
+      <c r="I12" s="164"/>
+      <c r="J12" s="164"/>
       <c r="K12" s="52"/>
     </row>
     <row r="13" spans="1:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="52"/>
-      <c r="B13" s="157" t="s">
+      <c r="B13" s="168" t="s">
         <v>7</v>
       </c>
-      <c r="C13" s="157"/>
-[...3 lines deleted...]
-      <c r="G13" s="158" t="s">
+      <c r="C13" s="168"/>
+      <c r="D13" s="168"/>
+      <c r="E13" s="177"/>
+      <c r="F13" s="177"/>
+      <c r="G13" s="169" t="s">
         <v>32</v>
       </c>
-      <c r="H13" s="159"/>
-[...1 lines deleted...]
-      <c r="J13" s="179"/>
+      <c r="H13" s="170"/>
+      <c r="I13" s="160"/>
+      <c r="J13" s="160"/>
       <c r="K13" s="52"/>
     </row>
     <row r="14" spans="1:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="52"/>
-      <c r="B14" s="180"/>
-[...7 lines deleted...]
-      <c r="J14" s="150"/>
+      <c r="B14" s="161"/>
+      <c r="C14" s="162"/>
+      <c r="D14" s="162"/>
+      <c r="E14" s="162"/>
+      <c r="F14" s="162"/>
+      <c r="G14" s="162"/>
+      <c r="H14" s="162"/>
+      <c r="I14" s="162"/>
+      <c r="J14" s="162"/>
       <c r="K14" s="52"/>
     </row>
     <row r="15" spans="1:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="52"/>
-      <c r="B15" s="181" t="s">
+      <c r="B15" s="165" t="s">
         <v>1</v>
       </c>
-      <c r="C15" s="182"/>
-[...6 lines deleted...]
-      <c r="J15" s="182"/>
+      <c r="C15" s="166"/>
+      <c r="D15" s="166"/>
+      <c r="E15" s="166"/>
+      <c r="F15" s="166"/>
+      <c r="G15" s="166"/>
+      <c r="H15" s="166"/>
+      <c r="I15" s="166"/>
+      <c r="J15" s="166"/>
       <c r="K15" s="52"/>
     </row>
     <row r="16" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="52"/>
-      <c r="B16" s="148"/>
-[...7 lines deleted...]
-      <c r="J16" s="166"/>
+      <c r="B16" s="163"/>
+      <c r="C16" s="164"/>
+      <c r="D16" s="164"/>
+      <c r="E16" s="164"/>
+      <c r="F16" s="164"/>
+      <c r="G16" s="164"/>
+      <c r="H16" s="164"/>
+      <c r="I16" s="164"/>
+      <c r="J16" s="164"/>
       <c r="K16" s="52"/>
     </row>
     <row r="17" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="52"/>
-      <c r="B17" s="167" t="s">
+      <c r="B17" s="154" t="s">
         <v>8</v>
       </c>
-      <c r="C17" s="168"/>
-[...5 lines deleted...]
-      <c r="I17" s="169"/>
+      <c r="C17" s="155"/>
+      <c r="D17" s="155"/>
+      <c r="E17" s="155"/>
+      <c r="F17" s="155"/>
+      <c r="G17" s="155"/>
+      <c r="H17" s="155"/>
+      <c r="I17" s="156"/>
       <c r="J17" s="12"/>
       <c r="K17" s="82"/>
     </row>
     <row r="18" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="52"/>
-      <c r="B18" s="170" t="s">
+      <c r="B18" s="157" t="s">
         <v>9</v>
       </c>
-      <c r="C18" s="171"/>
-[...5 lines deleted...]
-      <c r="I18" s="172"/>
+      <c r="C18" s="158"/>
+      <c r="D18" s="158"/>
+      <c r="E18" s="158"/>
+      <c r="F18" s="158"/>
+      <c r="G18" s="158"/>
+      <c r="H18" s="158"/>
+      <c r="I18" s="159"/>
       <c r="J18" s="12"/>
       <c r="K18" s="82"/>
     </row>
     <row r="19" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="52"/>
-      <c r="B19" s="173" t="s">
+      <c r="B19" s="145" t="s">
         <v>10</v>
       </c>
-      <c r="C19" s="174"/>
-[...5 lines deleted...]
-      <c r="I19" s="175"/>
+      <c r="C19" s="146"/>
+      <c r="D19" s="146"/>
+      <c r="E19" s="146"/>
+      <c r="F19" s="146"/>
+      <c r="G19" s="146"/>
+      <c r="H19" s="146"/>
+      <c r="I19" s="147"/>
       <c r="J19" s="13"/>
       <c r="K19" s="52"/>
       <c r="N19" s="19"/>
     </row>
     <row r="20" spans="1:14" s="16" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="53"/>
-      <c r="B20" s="176" t="s">
+      <c r="B20" s="148" t="s">
         <v>24</v>
       </c>
-      <c r="C20" s="177"/>
-[...5 lines deleted...]
-      <c r="I20" s="178"/>
+      <c r="C20" s="149"/>
+      <c r="D20" s="149"/>
+      <c r="E20" s="149"/>
+      <c r="F20" s="149"/>
+      <c r="G20" s="149"/>
+      <c r="H20" s="149"/>
+      <c r="I20" s="150"/>
       <c r="J20" s="15"/>
       <c r="K20" s="83"/>
       <c r="L20" s="55"/>
     </row>
     <row r="21" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="52"/>
-      <c r="B21" s="173" t="s">
+      <c r="B21" s="145" t="s">
         <v>11</v>
       </c>
-      <c r="C21" s="174"/>
-[...5 lines deleted...]
-      <c r="I21" s="175"/>
+      <c r="C21" s="146"/>
+      <c r="D21" s="146"/>
+      <c r="E21" s="146"/>
+      <c r="F21" s="146"/>
+      <c r="G21" s="146"/>
+      <c r="H21" s="146"/>
+      <c r="I21" s="147"/>
       <c r="J21" s="13"/>
       <c r="K21" s="52"/>
     </row>
     <row r="22" spans="1:14" s="16" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="53"/>
-      <c r="B22" s="176" t="s">
+      <c r="B22" s="148" t="s">
         <v>24</v>
       </c>
-      <c r="C22" s="177"/>
-[...5 lines deleted...]
-      <c r="I22" s="178"/>
+      <c r="C22" s="149"/>
+      <c r="D22" s="149"/>
+      <c r="E22" s="149"/>
+      <c r="F22" s="149"/>
+      <c r="G22" s="149"/>
+      <c r="H22" s="149"/>
+      <c r="I22" s="150"/>
       <c r="J22" s="17"/>
       <c r="K22" s="83"/>
       <c r="L22" s="55"/>
     </row>
     <row r="23" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="52"/>
-      <c r="B23" s="173" t="s">
+      <c r="B23" s="145" t="s">
         <v>12</v>
       </c>
-      <c r="C23" s="174"/>
-[...5 lines deleted...]
-      <c r="I23" s="175"/>
+      <c r="C23" s="146"/>
+      <c r="D23" s="146"/>
+      <c r="E23" s="146"/>
+      <c r="F23" s="146"/>
+      <c r="G23" s="146"/>
+      <c r="H23" s="146"/>
+      <c r="I23" s="147"/>
       <c r="J23" s="13"/>
       <c r="K23" s="52"/>
     </row>
     <row r="24" spans="1:14" s="16" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="53"/>
-      <c r="B24" s="176" t="s">
+      <c r="B24" s="148" t="s">
         <v>24</v>
       </c>
-      <c r="C24" s="177"/>
-[...5 lines deleted...]
-      <c r="I24" s="178"/>
+      <c r="C24" s="149"/>
+      <c r="D24" s="149"/>
+      <c r="E24" s="149"/>
+      <c r="F24" s="149"/>
+      <c r="G24" s="149"/>
+      <c r="H24" s="149"/>
+      <c r="I24" s="150"/>
       <c r="J24" s="17"/>
       <c r="K24" s="83"/>
       <c r="L24" s="55"/>
     </row>
     <row r="25" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="52"/>
-      <c r="B25" s="183" t="s">
+      <c r="B25" s="151" t="s">
         <v>13</v>
       </c>
-      <c r="C25" s="184"/>
-[...5 lines deleted...]
-      <c r="I25" s="185"/>
+      <c r="C25" s="152"/>
+      <c r="D25" s="152"/>
+      <c r="E25" s="152"/>
+      <c r="F25" s="152"/>
+      <c r="G25" s="152"/>
+      <c r="H25" s="152"/>
+      <c r="I25" s="153"/>
       <c r="J25" s="80" t="str">
         <f>IF(COUNTBLANK(J17:J24)=8, "", SUM(J17:J24))</f>
         <v/>
       </c>
       <c r="K25" s="82" t="s">
         <v>56</v>
       </c>
       <c r="M25"/>
     </row>
     <row r="26" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52"/>
-      <c r="B26" s="145" t="s">
+      <c r="B26" s="179" t="s">
         <v>14</v>
       </c>
-      <c r="C26" s="146"/>
-[...5 lines deleted...]
-      <c r="I26" s="147"/>
+      <c r="C26" s="180"/>
+      <c r="D26" s="180"/>
+      <c r="E26" s="180"/>
+      <c r="F26" s="180"/>
+      <c r="G26" s="180"/>
+      <c r="H26" s="180"/>
+      <c r="I26" s="181"/>
       <c r="J26" s="81" t="str">
         <f>IF(ISNUMBER(J25), IF(J25&gt;0, "Yes", "No"), "")</f>
         <v/>
       </c>
       <c r="K26" s="82" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:14" ht="1.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="52"/>
-      <c r="B27" s="148"/>
-[...7 lines deleted...]
-      <c r="J27" s="148"/>
+      <c r="B27" s="163"/>
+      <c r="C27" s="163"/>
+      <c r="D27" s="163"/>
+      <c r="E27" s="163"/>
+      <c r="F27" s="163"/>
+      <c r="G27" s="163"/>
+      <c r="H27" s="163"/>
+      <c r="I27" s="163"/>
+      <c r="J27" s="163"/>
       <c r="K27" s="52"/>
     </row>
     <row r="28" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52"/>
       <c r="B28" s="78" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="78"/>
       <c r="D28" s="78"/>
       <c r="E28" s="78"/>
       <c r="F28" s="78"/>
       <c r="G28" s="78"/>
       <c r="H28" s="78"/>
       <c r="I28" s="78"/>
       <c r="J28" s="78"/>
       <c r="K28" s="52"/>
     </row>
     <row r="29" spans="1:14" ht="7.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="52"/>
       <c r="B29" s="78"/>
       <c r="C29" s="78"/>
       <c r="D29" s="78"/>
       <c r="E29" s="78"/>
       <c r="F29" s="78"/>
       <c r="G29" s="78"/>
       <c r="H29" s="78"/>
       <c r="I29" s="78"/>
       <c r="J29" s="78"/>
       <c r="K29" s="52"/>
     </row>
     <row r="30" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52"/>
-      <c r="B30" s="148" t="s">
+      <c r="B30" s="163" t="s">
         <v>57</v>
       </c>
-      <c r="C30" s="148"/>
-[...6 lines deleted...]
-      <c r="J30" s="148"/>
+      <c r="C30" s="163"/>
+      <c r="D30" s="163"/>
+      <c r="E30" s="163"/>
+      <c r="F30" s="163"/>
+      <c r="G30" s="163"/>
+      <c r="H30" s="163"/>
+      <c r="I30" s="163"/>
+      <c r="J30" s="163"/>
       <c r="K30" s="52"/>
     </row>
     <row r="31" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="52"/>
       <c r="B31" s="51"/>
       <c r="C31" s="51"/>
       <c r="D31" s="51"/>
       <c r="E31" s="51"/>
       <c r="F31" s="51"/>
       <c r="G31" s="51"/>
       <c r="H31" s="51"/>
       <c r="I31" s="51"/>
       <c r="J31" s="51"/>
       <c r="K31" s="52"/>
     </row>
     <row r="32" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="52"/>
       <c r="B32" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="C32" s="151"/>
-[...3 lines deleted...]
-      <c r="G32" s="151"/>
+      <c r="C32" s="183"/>
+      <c r="D32" s="183"/>
+      <c r="E32" s="183"/>
+      <c r="F32" s="183"/>
+      <c r="G32" s="183"/>
       <c r="H32" s="30" t="s">
         <v>5</v>
       </c>
-      <c r="I32" s="153"/>
-      <c r="J32" s="153"/>
+      <c r="I32" s="177"/>
+      <c r="J32" s="177"/>
       <c r="K32" s="52"/>
     </row>
     <row r="33" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="52"/>
-      <c r="B33" s="149"/>
-[...7 lines deleted...]
-      <c r="J33" s="150"/>
+      <c r="B33" s="182"/>
+      <c r="C33" s="162"/>
+      <c r="D33" s="162"/>
+      <c r="E33" s="162"/>
+      <c r="F33" s="162"/>
+      <c r="G33" s="162"/>
+      <c r="H33" s="162"/>
+      <c r="I33" s="162"/>
+      <c r="J33" s="162"/>
       <c r="K33" s="52"/>
     </row>
     <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="52"/>
       <c r="B34" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="C34" s="155"/>
-[...3 lines deleted...]
-      <c r="G34" s="155"/>
+      <c r="C34" s="176"/>
+      <c r="D34" s="176"/>
+      <c r="E34" s="176"/>
+      <c r="F34" s="176"/>
+      <c r="G34" s="176"/>
       <c r="H34" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="I34" s="154"/>
-      <c r="J34" s="154"/>
+      <c r="I34" s="185"/>
+      <c r="J34" s="185"/>
       <c r="K34" s="52"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A35" s="52"/>
-      <c r="B35" s="152"/>
-[...7 lines deleted...]
-      <c r="J35" s="152"/>
+      <c r="B35" s="184"/>
+      <c r="C35" s="184"/>
+      <c r="D35" s="184"/>
+      <c r="E35" s="184"/>
+      <c r="F35" s="184"/>
+      <c r="G35" s="184"/>
+      <c r="H35" s="184"/>
+      <c r="I35" s="184"/>
+      <c r="J35" s="184"/>
       <c r="K35" s="52"/>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A36" s="52"/>
       <c r="B36" s="56"/>
       <c r="C36" s="56"/>
       <c r="D36" s="56"/>
       <c r="E36" s="56"/>
       <c r="F36" s="56"/>
       <c r="G36" s="56"/>
       <c r="H36" s="56"/>
       <c r="I36" s="56"/>
       <c r="J36" s="56"/>
       <c r="K36" s="54"/>
     </row>
     <row r="37" spans="1:11" s="54" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A37" s="52"/>
       <c r="B37" s="57"/>
       <c r="C37" s="57"/>
       <c r="D37" s="57"/>
       <c r="E37" s="57"/>
       <c r="F37" s="57"/>
       <c r="G37" s="57"/>
       <c r="H37" s="57"/>
       <c r="I37" s="57"/>
@@ -4039,114 +4022,113 @@
       <c r="J43"/>
     </row>
     <row r="44" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
     </row>
     <row r="45" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="wURXPJdgf0kbAwlTXHTJgi0Yv3rNE0lyz8sKitfRlHSzOeVmFxPgbTcvMNrKx4wfPesECqJVdcK8XYEftBQP9A==" saltValue="b0LilSirmLLl2wiJqwWYDg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="hY5DhDraTJ2S+47RTgreKeL2VqpS1lHmcAg2ZLnRgY74DwARU5V542nNIdA3VXjcPC/DKvtE1RRixdck2dbVlg==" saltValue="r0Lt/FGTbG/CqIm0EhimMQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="33">
-    <mergeCell ref="B21:I21"/>
-[...11 lines deleted...]
-    <mergeCell ref="B15:J15"/>
+    <mergeCell ref="B26:I26"/>
+    <mergeCell ref="B27:J27"/>
+    <mergeCell ref="B33:J33"/>
+    <mergeCell ref="C32:G32"/>
+    <mergeCell ref="B35:J35"/>
+    <mergeCell ref="I32:J32"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="C34:G34"/>
+    <mergeCell ref="B30:J30"/>
     <mergeCell ref="B6:J6"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="B8:J8"/>
     <mergeCell ref="B7:J7"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="B10:J10"/>
     <mergeCell ref="E11:J11"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="B12:J12"/>
-    <mergeCell ref="B26:I26"/>
-[...7 lines deleted...]
-    <mergeCell ref="B30:J30"/>
+    <mergeCell ref="B17:I17"/>
+    <mergeCell ref="B18:I18"/>
+    <mergeCell ref="B19:I19"/>
+    <mergeCell ref="B20:I20"/>
+    <mergeCell ref="I13:J13"/>
+    <mergeCell ref="B14:J14"/>
+    <mergeCell ref="B16:J16"/>
+    <mergeCell ref="B15:J15"/>
+    <mergeCell ref="B21:I21"/>
+    <mergeCell ref="B22:I22"/>
+    <mergeCell ref="B23:I23"/>
+    <mergeCell ref="B24:I24"/>
+    <mergeCell ref="B25:I25"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0" header="0" footer="0"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:U60"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H20" sqref="H20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="0.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="25.5703125" style="1" customWidth="1"/>
-    <col min="7" max="7" width="14.7109375" style="1" customWidth="1"/>
-    <col min="8" max="13" width="10.7109375" style="1" customWidth="1"/>
+    <col min="7" max="13" width="14.7109375" style="1" customWidth="1"/>
     <col min="14" max="14" width="2.140625" style="3" customWidth="1"/>
     <col min="15" max="16" width="9.140625" style="3"/>
     <col min="17" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="35" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="36"/>
       <c r="B1" s="31"/>
       <c r="C1" s="32"/>
       <c r="D1" s="32"/>
       <c r="E1" s="32"/>
       <c r="F1" s="32"/>
       <c r="G1" s="32"/>
       <c r="H1" s="32"/>
       <c r="I1" s="33"/>
       <c r="J1" s="33"/>
       <c r="K1" s="33"/>
       <c r="L1" s="33"/>
       <c r="M1" s="33"/>
       <c r="N1" s="36"/>
     </row>
     <row r="2" spans="1:17" s="35" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="36"/>
       <c r="B2" s="36"/>
       <c r="C2" s="32"/>
@@ -4194,1285 +4176,1285 @@
       <c r="M4" s="33"/>
       <c r="N4" s="36"/>
     </row>
     <row r="5" spans="1:17" s="35" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A5" s="36"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="42"/>
       <c r="J5" s="42"/>
       <c r="K5" s="42"/>
       <c r="L5" s="42"/>
       <c r="M5" s="42"/>
       <c r="N5" s="36"/>
     </row>
     <row r="6" spans="1:17" s="35" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="36"/>
       <c r="B6" s="45"/>
       <c r="C6" s="46"/>
       <c r="D6" s="46"/>
       <c r="E6" s="46"/>
-      <c r="F6" s="240" t="s">
+      <c r="F6" s="186" t="s">
         <v>84</v>
       </c>
-      <c r="G6" s="240"/>
-[...9 lines deleted...]
-      <c r="Q6" s="240"/>
+      <c r="G6" s="186"/>
+      <c r="H6" s="186"/>
+      <c r="I6" s="186"/>
+      <c r="J6" s="186"/>
+      <c r="K6" s="186"/>
+      <c r="L6" s="186"/>
+      <c r="M6" s="186"/>
+      <c r="N6" s="186"/>
+      <c r="O6" s="186"/>
+      <c r="P6" s="186"/>
+      <c r="Q6" s="186"/>
     </row>
     <row r="7" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="44"/>
-      <c r="B7" s="241" t="s">
-[...12 lines deleted...]
-      <c r="M7" s="241"/>
+      <c r="B7" s="187" t="s">
+        <v>146</v>
+      </c>
+      <c r="C7" s="187"/>
+      <c r="D7" s="187"/>
+      <c r="E7" s="187"/>
+      <c r="F7" s="187"/>
+      <c r="G7" s="187"/>
+      <c r="H7" s="187"/>
+      <c r="I7" s="187"/>
+      <c r="J7" s="187"/>
+      <c r="K7" s="187"/>
+      <c r="L7" s="187"/>
+      <c r="M7" s="187"/>
       <c r="N7" s="52"/>
     </row>
     <row r="8" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="44"/>
       <c r="B8" s="97"/>
       <c r="C8" s="97"/>
       <c r="D8" s="97"/>
       <c r="E8" s="97"/>
-      <c r="F8" s="240" t="s">
+      <c r="F8" s="186" t="s">
         <v>85</v>
       </c>
-      <c r="G8" s="240"/>
-[...9 lines deleted...]
-      <c r="Q8" s="240"/>
+      <c r="G8" s="186"/>
+      <c r="H8" s="186"/>
+      <c r="I8" s="186"/>
+      <c r="J8" s="186"/>
+      <c r="K8" s="186"/>
+      <c r="L8" s="186"/>
+      <c r="M8" s="186"/>
+      <c r="N8" s="186"/>
+      <c r="O8" s="186"/>
+      <c r="P8" s="186"/>
+      <c r="Q8" s="186"/>
     </row>
     <row r="9" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="44"/>
-      <c r="B9" s="160" t="s">
+      <c r="B9" s="171" t="s">
         <v>31</v>
       </c>
-      <c r="C9" s="160"/>
-[...9 lines deleted...]
-      <c r="M9" s="160"/>
+      <c r="C9" s="171"/>
+      <c r="D9" s="171"/>
+      <c r="E9" s="171"/>
+      <c r="F9" s="171"/>
+      <c r="G9" s="171"/>
+      <c r="H9" s="171"/>
+      <c r="I9" s="171"/>
+      <c r="J9" s="171"/>
+      <c r="K9" s="171"/>
+      <c r="L9" s="171"/>
+      <c r="M9" s="171"/>
       <c r="N9" s="44"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
     </row>
     <row r="10" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="44"/>
-      <c r="B10" s="160" t="s">
+      <c r="B10" s="171" t="s">
         <v>26</v>
       </c>
-      <c r="C10" s="160"/>
-[...9 lines deleted...]
-      <c r="M10" s="160"/>
+      <c r="C10" s="171"/>
+      <c r="D10" s="171"/>
+      <c r="E10" s="171"/>
+      <c r="F10" s="171"/>
+      <c r="G10" s="171"/>
+      <c r="H10" s="171"/>
+      <c r="I10" s="171"/>
+      <c r="J10" s="171"/>
+      <c r="K10" s="171"/>
+      <c r="L10" s="171"/>
+      <c r="M10" s="171"/>
       <c r="N10" s="44"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
     </row>
     <row r="11" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="44"/>
-      <c r="B11" s="187"/>
-[...10 lines deleted...]
-      <c r="M11" s="187"/>
+      <c r="B11" s="188"/>
+      <c r="C11" s="188"/>
+      <c r="D11" s="188"/>
+      <c r="E11" s="188"/>
+      <c r="F11" s="188"/>
+      <c r="G11" s="188"/>
+      <c r="H11" s="188"/>
+      <c r="I11" s="188"/>
+      <c r="J11" s="188"/>
+      <c r="K11" s="188"/>
+      <c r="L11" s="188"/>
+      <c r="M11" s="188"/>
       <c r="N11" s="52"/>
     </row>
     <row r="12" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="44"/>
-      <c r="B12" s="148" t="s">
+      <c r="B12" s="163" t="s">
         <v>0</v>
       </c>
-      <c r="C12" s="239"/>
-[...2 lines deleted...]
-      <c r="F12" s="238" t="str">
+      <c r="C12" s="190"/>
+      <c r="D12" s="190"/>
+      <c r="E12" s="190"/>
+      <c r="F12" s="189" t="str">
         <f>IF(ISBLANK(Makes!E11:E11), "", Makes!E11:E11)</f>
         <v/>
       </c>
-      <c r="G12" s="238"/>
-[...5 lines deleted...]
-      <c r="M12" s="238"/>
+      <c r="G12" s="189"/>
+      <c r="H12" s="189"/>
+      <c r="I12" s="189"/>
+      <c r="J12" s="189"/>
+      <c r="K12" s="189"/>
+      <c r="L12" s="189"/>
+      <c r="M12" s="189"/>
       <c r="N12" s="52"/>
     </row>
     <row r="13" spans="1:17" s="3" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="52"/>
-      <c r="B13" s="149"/>
-[...10 lines deleted...]
-      <c r="M13" s="150"/>
+      <c r="B13" s="182"/>
+      <c r="C13" s="162"/>
+      <c r="D13" s="162"/>
+      <c r="E13" s="162"/>
+      <c r="F13" s="162"/>
+      <c r="G13" s="162"/>
+      <c r="H13" s="162"/>
+      <c r="I13" s="162"/>
+      <c r="J13" s="162"/>
+      <c r="K13" s="162"/>
+      <c r="L13" s="162"/>
+      <c r="M13" s="162"/>
       <c r="N13" s="60"/>
       <c r="O13" s="2"/>
       <c r="P13" s="2"/>
     </row>
     <row r="14" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="44"/>
-      <c r="B14" s="157" t="s">
+      <c r="B14" s="168" t="s">
         <v>7</v>
       </c>
-      <c r="C14" s="157"/>
-[...1 lines deleted...]
-      <c r="E14" s="233" t="str">
+      <c r="C14" s="168"/>
+      <c r="D14" s="168"/>
+      <c r="E14" s="192" t="str">
         <f>IF(ISBLANK(Makes!E13:E13), "", Makes!E13:E13)</f>
         <v/>
       </c>
-      <c r="F14" s="233"/>
-[...2 lines deleted...]
-      <c r="I14" s="234" t="s">
+      <c r="F14" s="192"/>
+      <c r="G14" s="192"/>
+      <c r="H14" s="192"/>
+      <c r="I14" s="193" t="s">
         <v>32</v>
       </c>
-      <c r="J14" s="234"/>
-      <c r="K14" s="235" t="str">
+      <c r="J14" s="193"/>
+      <c r="K14" s="194" t="str">
         <f>IF(ISBLANK(Makes!I13:I13), "", Makes!I13:I13)</f>
         <v/>
       </c>
-      <c r="L14" s="235"/>
-      <c r="M14" s="235"/>
+      <c r="L14" s="194"/>
+      <c r="M14" s="194"/>
       <c r="N14" s="61"/>
     </row>
     <row r="15" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="44"/>
-      <c r="B15" s="208"/>
-[...10 lines deleted...]
-      <c r="M15" s="212"/>
+      <c r="B15" s="195"/>
+      <c r="C15" s="191"/>
+      <c r="D15" s="191"/>
+      <c r="E15" s="191"/>
+      <c r="F15" s="191"/>
+      <c r="G15" s="191"/>
+      <c r="H15" s="191"/>
+      <c r="I15" s="191"/>
+      <c r="J15" s="191"/>
+      <c r="K15" s="191"/>
+      <c r="L15" s="191"/>
+      <c r="M15" s="191"/>
       <c r="N15" s="52"/>
       <c r="O15" s="4"/>
       <c r="P15" s="4"/>
     </row>
     <row r="16" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="44"/>
-      <c r="B16" s="236" t="s">
+      <c r="B16" s="196" t="s">
         <v>1</v>
       </c>
-      <c r="C16" s="237"/>
-[...9 lines deleted...]
-      <c r="M16" s="237"/>
+      <c r="C16" s="197"/>
+      <c r="D16" s="197"/>
+      <c r="E16" s="197"/>
+      <c r="F16" s="197"/>
+      <c r="G16" s="197"/>
+      <c r="H16" s="197"/>
+      <c r="I16" s="197"/>
+      <c r="J16" s="197"/>
+      <c r="K16" s="197"/>
+      <c r="L16" s="197"/>
+      <c r="M16" s="197"/>
       <c r="N16" s="62"/>
       <c r="O16" s="5"/>
       <c r="P16" s="5"/>
     </row>
     <row r="17" spans="1:16" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="65"/>
-      <c r="B17" s="187"/>
-[...10 lines deleted...]
-      <c r="M17" s="187"/>
+      <c r="B17" s="188"/>
+      <c r="C17" s="188"/>
+      <c r="D17" s="188"/>
+      <c r="E17" s="188"/>
+      <c r="F17" s="188"/>
+      <c r="G17" s="188"/>
+      <c r="H17" s="188"/>
+      <c r="I17" s="188"/>
+      <c r="J17" s="188"/>
+      <c r="K17" s="188"/>
+      <c r="L17" s="188"/>
+      <c r="M17" s="188"/>
       <c r="N17" s="63"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
     </row>
     <row r="18" spans="1:16" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="65"/>
-      <c r="B18" s="188"/>
-[...6 lines deleted...]
-        <v>33</v>
+      <c r="B18" s="198"/>
+      <c r="C18" s="199"/>
+      <c r="D18" s="199"/>
+      <c r="E18" s="199"/>
+      <c r="F18" s="199"/>
+      <c r="G18" s="200"/>
+      <c r="H18" s="284" t="s">
+        <v>147</v>
       </c>
       <c r="I18" s="96"/>
       <c r="J18" s="94"/>
       <c r="K18" s="94"/>
       <c r="L18" s="94"/>
       <c r="M18" s="94"/>
       <c r="N18" s="63"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
     </row>
     <row r="19" spans="1:16" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="65"/>
-      <c r="B19" s="192" t="s">
+      <c r="B19" s="201" t="s">
         <v>35</v>
       </c>
-      <c r="C19" s="193"/>
-[...11 lines deleted...]
-      <c r="M19" s="187"/>
+      <c r="C19" s="202"/>
+      <c r="D19" s="202"/>
+      <c r="E19" s="202"/>
+      <c r="F19" s="202"/>
+      <c r="G19" s="203"/>
+      <c r="H19" s="285" t="s">
+        <v>148</v>
+      </c>
+      <c r="I19" s="204"/>
+      <c r="J19" s="188"/>
+      <c r="K19" s="188"/>
+      <c r="L19" s="188"/>
+      <c r="M19" s="188"/>
       <c r="N19" s="63"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
     </row>
     <row r="20" spans="1:16" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="65"/>
-      <c r="B20" s="232" t="s">
+      <c r="B20" s="216" t="s">
         <v>36</v>
       </c>
-      <c r="C20" s="201"/>
-[...3 lines deleted...]
-      <c r="G20" s="199"/>
+      <c r="C20" s="217"/>
+      <c r="D20" s="217"/>
+      <c r="E20" s="217"/>
+      <c r="F20" s="217"/>
+      <c r="G20" s="211"/>
       <c r="H20" s="25"/>
-      <c r="I20" s="207"/>
-[...3 lines deleted...]
-      <c r="M20" s="208"/>
+      <c r="I20" s="206"/>
+      <c r="J20" s="195"/>
+      <c r="K20" s="195"/>
+      <c r="L20" s="195"/>
+      <c r="M20" s="195"/>
       <c r="N20" s="63"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
     </row>
     <row r="21" spans="1:16" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A21" s="65"/>
-      <c r="B21" s="232" t="s">
+      <c r="B21" s="216" t="s">
         <v>38</v>
       </c>
-      <c r="C21" s="201"/>
-[...3 lines deleted...]
-      <c r="G21" s="199"/>
+      <c r="C21" s="217"/>
+      <c r="D21" s="217"/>
+      <c r="E21" s="217"/>
+      <c r="F21" s="217"/>
+      <c r="G21" s="211"/>
       <c r="H21" s="25"/>
-      <c r="I21" s="208"/>
-[...3 lines deleted...]
-      <c r="M21" s="224"/>
+      <c r="I21" s="195"/>
+      <c r="J21" s="219"/>
+      <c r="K21" s="219"/>
+      <c r="L21" s="219"/>
+      <c r="M21" s="219"/>
       <c r="N21" s="63"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
     </row>
     <row r="22" spans="1:16" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A22" s="65"/>
-      <c r="B22" s="197" t="s">
+      <c r="B22" s="209" t="s">
         <v>37</v>
       </c>
-      <c r="C22" s="198"/>
-[...3 lines deleted...]
-      <c r="G22" s="199"/>
+      <c r="C22" s="210"/>
+      <c r="D22" s="210"/>
+      <c r="E22" s="210"/>
+      <c r="F22" s="210"/>
+      <c r="G22" s="211"/>
       <c r="H22" s="84" t="str">
         <f>IF(ISNUMBER(H20), (IF(ISNUMBER(H21), (H20/H21), "")), "")</f>
         <v/>
       </c>
-      <c r="I22" s="149" t="s">
+      <c r="I22" s="182" t="s">
         <v>56</v>
       </c>
-      <c r="J22" s="212"/>
-[...2 lines deleted...]
-      <c r="M22" s="212"/>
+      <c r="J22" s="191"/>
+      <c r="K22" s="191"/>
+      <c r="L22" s="191"/>
+      <c r="M22" s="191"/>
       <c r="N22" s="63"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
     </row>
     <row r="23" spans="1:16" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A23" s="65"/>
-      <c r="B23" s="187"/>
-[...10 lines deleted...]
-      <c r="M23" s="212"/>
+      <c r="B23" s="188"/>
+      <c r="C23" s="191"/>
+      <c r="D23" s="191"/>
+      <c r="E23" s="191"/>
+      <c r="F23" s="191"/>
+      <c r="G23" s="191"/>
+      <c r="H23" s="191"/>
+      <c r="I23" s="191"/>
+      <c r="J23" s="191"/>
+      <c r="K23" s="191"/>
+      <c r="L23" s="191"/>
+      <c r="M23" s="191"/>
       <c r="N23" s="63"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
     </row>
     <row r="24" spans="1:16" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="65"/>
-      <c r="B24" s="186" t="str">
+      <c r="B24" s="207" t="str">
         <f>"Net assets to total assets is 20% or greater in the most recent year?"</f>
         <v>Net assets to total assets is 20% or greater in the most recent year?</v>
       </c>
-      <c r="C24" s="225"/>
-[...9 lines deleted...]
-      <c r="M24" s="225"/>
+      <c r="C24" s="218"/>
+      <c r="D24" s="218"/>
+      <c r="E24" s="218"/>
+      <c r="F24" s="218"/>
+      <c r="G24" s="218"/>
+      <c r="H24" s="218"/>
+      <c r="I24" s="218"/>
+      <c r="J24" s="218"/>
+      <c r="K24" s="218"/>
+      <c r="L24" s="218"/>
+      <c r="M24" s="218"/>
       <c r="N24" s="63"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
     </row>
     <row r="25" spans="1:16" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A25" s="65"/>
-      <c r="B25" s="186" t="str">
+      <c r="B25" s="207" t="str">
         <f>IF(ISNUMBER(H22), IF(H22&gt;=20%, "Yes", "No"), "")</f>
         <v/>
       </c>
-      <c r="C25" s="227"/>
-[...9 lines deleted...]
-      <c r="M25" s="227"/>
+      <c r="C25" s="208"/>
+      <c r="D25" s="208"/>
+      <c r="E25" s="208"/>
+      <c r="F25" s="208"/>
+      <c r="G25" s="208"/>
+      <c r="H25" s="208"/>
+      <c r="I25" s="208"/>
+      <c r="J25" s="208"/>
+      <c r="K25" s="208"/>
+      <c r="L25" s="208"/>
+      <c r="M25" s="208"/>
       <c r="N25" s="63"/>
       <c r="O25" s="6"/>
       <c r="P25" s="6"/>
     </row>
     <row r="26" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="44"/>
-      <c r="B26" s="226"/>
-[...10 lines deleted...]
-      <c r="M26" s="149"/>
+      <c r="B26" s="205"/>
+      <c r="C26" s="205"/>
+      <c r="D26" s="205"/>
+      <c r="E26" s="205"/>
+      <c r="F26" s="205"/>
+      <c r="G26" s="205"/>
+      <c r="H26" s="205"/>
+      <c r="I26" s="205"/>
+      <c r="J26" s="205"/>
+      <c r="K26" s="182"/>
+      <c r="L26" s="182"/>
+      <c r="M26" s="182"/>
       <c r="N26" s="52"/>
     </row>
     <row r="27" spans="1:16" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="65"/>
-      <c r="B27" s="188"/>
-[...4 lines deleted...]
-      <c r="G27" s="190"/>
+      <c r="B27" s="198"/>
+      <c r="C27" s="199"/>
+      <c r="D27" s="199"/>
+      <c r="E27" s="199"/>
+      <c r="F27" s="199"/>
+      <c r="G27" s="200"/>
       <c r="H27" s="22" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="22" t="s">
         <v>41</v>
       </c>
       <c r="J27" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="K27" s="228"/>
-[...1 lines deleted...]
-      <c r="M27" s="229"/>
+      <c r="K27" s="212"/>
+      <c r="L27" s="213"/>
+      <c r="M27" s="213"/>
       <c r="N27" s="63"/>
       <c r="O27" s="6"/>
       <c r="P27" s="6"/>
     </row>
     <row r="28" spans="1:16" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="65"/>
-      <c r="B28" s="192" t="s">
+      <c r="B28" s="201" t="s">
         <v>39</v>
       </c>
-      <c r="C28" s="193"/>
-[...3 lines deleted...]
-      <c r="G28" s="194"/>
+      <c r="C28" s="202"/>
+      <c r="D28" s="202"/>
+      <c r="E28" s="202"/>
+      <c r="F28" s="202"/>
+      <c r="G28" s="203"/>
       <c r="H28" s="23" t="s">
         <v>34</v>
       </c>
       <c r="I28" s="23" t="s">
         <v>42</v>
       </c>
       <c r="J28" s="23" t="s">
         <v>43</v>
       </c>
-      <c r="K28" s="228"/>
-[...1 lines deleted...]
-      <c r="M28" s="229"/>
+      <c r="K28" s="212"/>
+      <c r="L28" s="213"/>
+      <c r="M28" s="213"/>
       <c r="N28" s="63"/>
       <c r="O28" s="6"/>
       <c r="P28" s="6"/>
     </row>
     <row r="29" spans="1:16" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="65"/>
-      <c r="B29" s="232" t="s">
+      <c r="B29" s="216" t="s">
         <v>40</v>
       </c>
-      <c r="C29" s="201"/>
-[...3 lines deleted...]
-      <c r="G29" s="199"/>
+      <c r="C29" s="217"/>
+      <c r="D29" s="217"/>
+      <c r="E29" s="217"/>
+      <c r="F29" s="217"/>
+      <c r="G29" s="211"/>
       <c r="H29" s="24"/>
       <c r="I29" s="24"/>
       <c r="J29" s="24"/>
-      <c r="K29" s="230"/>
-[...1 lines deleted...]
-      <c r="M29" s="231"/>
+      <c r="K29" s="214"/>
+      <c r="L29" s="215"/>
+      <c r="M29" s="215"/>
       <c r="N29" s="63"/>
       <c r="O29" s="6"/>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="65"/>
-      <c r="B30" s="189"/>
-[...10 lines deleted...]
-      <c r="M30" s="187"/>
+      <c r="B30" s="199"/>
+      <c r="C30" s="199"/>
+      <c r="D30" s="199"/>
+      <c r="E30" s="199"/>
+      <c r="F30" s="199"/>
+      <c r="G30" s="199"/>
+      <c r="H30" s="199"/>
+      <c r="I30" s="199"/>
+      <c r="J30" s="199"/>
+      <c r="K30" s="188"/>
+      <c r="L30" s="188"/>
+      <c r="M30" s="188"/>
       <c r="N30" s="64"/>
       <c r="O30" s="6"/>
       <c r="P30" s="6"/>
     </row>
     <row r="31" spans="1:16" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="65"/>
-      <c r="B31" s="186" t="str">
+      <c r="B31" s="207" t="str">
         <f>"Positive net income on a rolling 3-year average basis?"</f>
         <v>Positive net income on a rolling 3-year average basis?</v>
       </c>
-      <c r="C31" s="186"/>
-[...9 lines deleted...]
-      <c r="M31" s="186"/>
+      <c r="C31" s="207"/>
+      <c r="D31" s="207"/>
+      <c r="E31" s="207"/>
+      <c r="F31" s="207"/>
+      <c r="G31" s="207"/>
+      <c r="H31" s="207"/>
+      <c r="I31" s="207"/>
+      <c r="J31" s="207"/>
+      <c r="K31" s="207"/>
+      <c r="L31" s="207"/>
+      <c r="M31" s="207"/>
       <c r="N31" s="63"/>
       <c r="O31" s="6"/>
       <c r="P31" s="6"/>
     </row>
     <row r="32" spans="1:16" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="65"/>
-      <c r="B32" s="186" t="str">
+      <c r="B32" s="207" t="str">
         <f>(IF(COUNTBLANK(H29:J29)=3, "", (IF(SUM(H29:J29)&gt;0,"Yes","No"))))</f>
         <v/>
       </c>
-      <c r="C32" s="186"/>
-[...9 lines deleted...]
-      <c r="M32" s="186"/>
+      <c r="C32" s="207"/>
+      <c r="D32" s="207"/>
+      <c r="E32" s="207"/>
+      <c r="F32" s="207"/>
+      <c r="G32" s="207"/>
+      <c r="H32" s="207"/>
+      <c r="I32" s="207"/>
+      <c r="J32" s="207"/>
+      <c r="K32" s="207"/>
+      <c r="L32" s="207"/>
+      <c r="M32" s="207"/>
       <c r="N32" s="63"/>
       <c r="O32" s="6"/>
       <c r="P32" s="6"/>
     </row>
     <row r="33" spans="1:21" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="65"/>
-      <c r="B33" s="187"/>
-[...10 lines deleted...]
-      <c r="M33" s="187"/>
+      <c r="B33" s="188"/>
+      <c r="C33" s="188"/>
+      <c r="D33" s="188"/>
+      <c r="E33" s="188"/>
+      <c r="F33" s="188"/>
+      <c r="G33" s="188"/>
+      <c r="H33" s="188"/>
+      <c r="I33" s="188"/>
+      <c r="J33" s="188"/>
+      <c r="K33" s="188"/>
+      <c r="L33" s="188"/>
+      <c r="M33" s="188"/>
       <c r="N33" s="63"/>
       <c r="O33" s="6"/>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A34" s="65"/>
-      <c r="B34" s="188"/>
-[...12 lines deleted...]
-      <c r="M34" s="187"/>
+      <c r="B34" s="198"/>
+      <c r="C34" s="199"/>
+      <c r="D34" s="199"/>
+      <c r="E34" s="199"/>
+      <c r="F34" s="199"/>
+      <c r="G34" s="200"/>
+      <c r="H34" s="284" t="s">
+        <v>147</v>
+      </c>
+      <c r="I34" s="204"/>
+      <c r="J34" s="188"/>
+      <c r="K34" s="188"/>
+      <c r="L34" s="188"/>
+      <c r="M34" s="188"/>
       <c r="N34" s="63"/>
       <c r="O34" s="6"/>
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A35" s="65"/>
-      <c r="B35" s="192" t="s">
+      <c r="B35" s="201" t="s">
         <v>44</v>
       </c>
-      <c r="C35" s="193"/>
-[...11 lines deleted...]
-      <c r="M35" s="187"/>
+      <c r="C35" s="202"/>
+      <c r="D35" s="202"/>
+      <c r="E35" s="202"/>
+      <c r="F35" s="202"/>
+      <c r="G35" s="203"/>
+      <c r="H35" s="285" t="s">
+        <v>148</v>
+      </c>
+      <c r="I35" s="204"/>
+      <c r="J35" s="188"/>
+      <c r="K35" s="188"/>
+      <c r="L35" s="188"/>
+      <c r="M35" s="188"/>
       <c r="N35" s="63"/>
       <c r="O35" s="6"/>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A36" s="65"/>
-      <c r="B36" s="200" t="s">
+      <c r="B36" s="233" t="s">
         <v>45</v>
       </c>
-      <c r="C36" s="201"/>
-[...3 lines deleted...]
-      <c r="G36" s="199"/>
+      <c r="C36" s="217"/>
+      <c r="D36" s="217"/>
+      <c r="E36" s="217"/>
+      <c r="F36" s="217"/>
+      <c r="G36" s="211"/>
       <c r="H36" s="25"/>
-      <c r="I36" s="207"/>
-[...3 lines deleted...]
-      <c r="M36" s="208"/>
+      <c r="I36" s="206"/>
+      <c r="J36" s="195"/>
+      <c r="K36" s="195"/>
+      <c r="L36" s="195"/>
+      <c r="M36" s="195"/>
       <c r="N36" s="63"/>
       <c r="O36" s="6"/>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A37" s="65"/>
-      <c r="B37" s="200" t="s">
+      <c r="B37" s="233" t="s">
         <v>47</v>
       </c>
-      <c r="C37" s="201"/>
-[...3 lines deleted...]
-      <c r="G37" s="199"/>
+      <c r="C37" s="217"/>
+      <c r="D37" s="217"/>
+      <c r="E37" s="217"/>
+      <c r="F37" s="217"/>
+      <c r="G37" s="211"/>
       <c r="H37" s="25"/>
-      <c r="I37" s="208"/>
-[...3 lines deleted...]
-      <c r="M37" s="224"/>
+      <c r="I37" s="195"/>
+      <c r="J37" s="219"/>
+      <c r="K37" s="219"/>
+      <c r="L37" s="219"/>
+      <c r="M37" s="219"/>
       <c r="N37" s="63"/>
       <c r="O37" s="6"/>
       <c r="P37" s="6"/>
     </row>
     <row r="38" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A38" s="65"/>
-      <c r="B38" s="197" t="s">
+      <c r="B38" s="209" t="s">
         <v>46</v>
       </c>
-      <c r="C38" s="198"/>
-[...3 lines deleted...]
-      <c r="G38" s="199"/>
+      <c r="C38" s="210"/>
+      <c r="D38" s="210"/>
+      <c r="E38" s="210"/>
+      <c r="F38" s="210"/>
+      <c r="G38" s="211"/>
       <c r="H38" s="84" t="str">
         <f>IF(ISNUMBER(H36), (IF(ISNUMBER(H37), (H36/H37), "")), "")</f>
         <v/>
       </c>
-      <c r="I38" s="149" t="s">
+      <c r="I38" s="182" t="s">
         <v>56</v>
       </c>
-      <c r="J38" s="212"/>
-[...2 lines deleted...]
-      <c r="M38" s="212"/>
+      <c r="J38" s="191"/>
+      <c r="K38" s="191"/>
+      <c r="L38" s="191"/>
+      <c r="M38" s="191"/>
       <c r="N38" s="63"/>
       <c r="O38" s="6"/>
       <c r="P38" s="6"/>
     </row>
     <row r="39" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A39" s="65"/>
-      <c r="B39" s="187"/>
-[...10 lines deleted...]
-      <c r="M39" s="212"/>
+      <c r="B39" s="188"/>
+      <c r="C39" s="191"/>
+      <c r="D39" s="191"/>
+      <c r="E39" s="191"/>
+      <c r="F39" s="191"/>
+      <c r="G39" s="191"/>
+      <c r="H39" s="191"/>
+      <c r="I39" s="191"/>
+      <c r="J39" s="191"/>
+      <c r="K39" s="191"/>
+      <c r="L39" s="191"/>
+      <c r="M39" s="191"/>
       <c r="N39" s="63"/>
       <c r="O39" s="6"/>
       <c r="P39" s="6"/>
     </row>
     <row r="40" spans="1:21" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="65"/>
-      <c r="B40" s="186" t="str">
+      <c r="B40" s="207" t="str">
         <f>"Loan loss reserves to 90 days or more delinquent loans is 30% or greater in the most recent year?"</f>
         <v>Loan loss reserves to 90 days or more delinquent loans is 30% or greater in the most recent year?</v>
       </c>
-      <c r="C40" s="225"/>
-[...9 lines deleted...]
-      <c r="M40" s="225"/>
+      <c r="C40" s="218"/>
+      <c r="D40" s="218"/>
+      <c r="E40" s="218"/>
+      <c r="F40" s="218"/>
+      <c r="G40" s="218"/>
+      <c r="H40" s="218"/>
+      <c r="I40" s="218"/>
+      <c r="J40" s="218"/>
+      <c r="K40" s="218"/>
+      <c r="L40" s="218"/>
+      <c r="M40" s="218"/>
       <c r="N40" s="63"/>
       <c r="O40" s="6"/>
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A41" s="65"/>
-      <c r="B41" s="195" t="str">
+      <c r="B41" s="224" t="str">
         <f>IF(ISNUMBER(H38), IF(H38&gt;=30%, "Yes", "No"), "")</f>
         <v/>
       </c>
-      <c r="C41" s="196"/>
-[...9 lines deleted...]
-      <c r="M41" s="196"/>
+      <c r="C41" s="232"/>
+      <c r="D41" s="232"/>
+      <c r="E41" s="232"/>
+      <c r="F41" s="232"/>
+      <c r="G41" s="232"/>
+      <c r="H41" s="232"/>
+      <c r="I41" s="232"/>
+      <c r="J41" s="232"/>
+      <c r="K41" s="232"/>
+      <c r="L41" s="232"/>
+      <c r="M41" s="232"/>
       <c r="N41" s="86" t="s">
         <v>56</v>
       </c>
       <c r="O41" s="6"/>
       <c r="P41" s="6"/>
     </row>
     <row r="42" spans="1:21" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="65"/>
-      <c r="B42" s="187"/>
-[...10 lines deleted...]
-      <c r="M42" s="212"/>
+      <c r="B42" s="188"/>
+      <c r="C42" s="191"/>
+      <c r="D42" s="191"/>
+      <c r="E42" s="191"/>
+      <c r="F42" s="191"/>
+      <c r="G42" s="191"/>
+      <c r="H42" s="191"/>
+      <c r="I42" s="191"/>
+      <c r="J42" s="191"/>
+      <c r="K42" s="191"/>
+      <c r="L42" s="191"/>
+      <c r="M42" s="191"/>
       <c r="N42" s="63"/>
       <c r="O42" s="6"/>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A43" s="65"/>
-      <c r="B43" s="209" t="s">
+      <c r="B43" s="239" t="s">
         <v>50</v>
       </c>
-      <c r="C43" s="210"/>
-[...3 lines deleted...]
-      <c r="G43" s="211"/>
+      <c r="C43" s="240"/>
+      <c r="D43" s="240"/>
+      <c r="E43" s="240"/>
+      <c r="F43" s="240"/>
+      <c r="G43" s="241"/>
       <c r="H43" s="28" t="s">
         <v>33</v>
       </c>
       <c r="I43" s="28" t="s">
         <v>41</v>
       </c>
       <c r="J43" s="28" t="s">
         <v>41</v>
       </c>
       <c r="K43" s="28" t="s">
         <v>41</v>
       </c>
       <c r="L43" s="28" t="s">
         <v>41</v>
       </c>
       <c r="M43" s="28" t="s">
         <v>41</v>
       </c>
       <c r="N43" s="63"/>
       <c r="O43" s="6"/>
       <c r="P43" s="6"/>
     </row>
     <row r="44" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A44" s="65"/>
-      <c r="B44" s="204" t="s">
+      <c r="B44" s="236" t="s">
         <v>48</v>
       </c>
-      <c r="C44" s="205"/>
-[...3 lines deleted...]
-      <c r="G44" s="206"/>
+      <c r="C44" s="237"/>
+      <c r="D44" s="237"/>
+      <c r="E44" s="237"/>
+      <c r="F44" s="237"/>
+      <c r="G44" s="238"/>
       <c r="H44" s="23" t="s">
         <v>27</v>
       </c>
       <c r="I44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="J44" s="23" t="s">
         <v>29</v>
       </c>
       <c r="K44" s="23" t="s">
         <v>30</v>
       </c>
       <c r="L44" s="29" t="s">
         <v>42</v>
       </c>
       <c r="M44" s="29" t="s">
         <v>43</v>
       </c>
       <c r="N44" s="63"/>
       <c r="O44" s="6"/>
       <c r="P44" s="6"/>
     </row>
     <row r="45" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A45" s="65"/>
-      <c r="B45" s="200" t="s">
+      <c r="B45" s="233" t="s">
         <v>49</v>
       </c>
-      <c r="C45" s="201"/>
-[...3 lines deleted...]
-      <c r="G45" s="199"/>
+      <c r="C45" s="217"/>
+      <c r="D45" s="217"/>
+      <c r="E45" s="217"/>
+      <c r="F45" s="217"/>
+      <c r="G45" s="211"/>
       <c r="H45" s="25"/>
       <c r="I45" s="25"/>
       <c r="J45" s="25"/>
       <c r="K45" s="25"/>
       <c r="L45" s="25"/>
       <c r="M45" s="25"/>
       <c r="N45" s="63"/>
       <c r="O45" s="6"/>
       <c r="P45" s="6"/>
     </row>
     <row r="46" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A46" s="65"/>
-      <c r="B46" s="202" t="s">
+      <c r="B46" s="234" t="s">
         <v>51</v>
       </c>
-      <c r="C46" s="203"/>
-[...3 lines deleted...]
-      <c r="G46" s="199"/>
+      <c r="C46" s="235"/>
+      <c r="D46" s="235"/>
+      <c r="E46" s="235"/>
+      <c r="F46" s="235"/>
+      <c r="G46" s="211"/>
       <c r="H46" s="25"/>
       <c r="I46" s="25"/>
       <c r="J46" s="25"/>
       <c r="K46" s="25"/>
       <c r="L46" s="25"/>
       <c r="M46" s="25"/>
       <c r="N46" s="63"/>
       <c r="O46" s="6"/>
       <c r="P46" s="6"/>
     </row>
     <row r="47" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A47" s="65"/>
-      <c r="B47" s="197" t="s">
+      <c r="B47" s="209" t="s">
         <v>52</v>
       </c>
-      <c r="C47" s="198"/>
-[...3 lines deleted...]
-      <c r="G47" s="199"/>
+      <c r="C47" s="210"/>
+      <c r="D47" s="210"/>
+      <c r="E47" s="210"/>
+      <c r="F47" s="210"/>
+      <c r="G47" s="211"/>
       <c r="H47" s="85" t="str">
         <f t="shared" ref="H47:M47" si="0">IF(ISNUMBER(H45), (IF(ISNUMBER(H46), (H45/H46), "")), "")</f>
         <v/>
       </c>
       <c r="I47" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="J47" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K47" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="L47" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="M47" s="85" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="N47" s="86" t="s">
         <v>56</v>
       </c>
       <c r="O47" s="6"/>
       <c r="P47" s="6"/>
     </row>
     <row r="48" spans="1:21" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A48" s="65"/>
-      <c r="B48" s="222"/>
-[...4 lines deleted...]
-      <c r="G48" s="223"/>
+      <c r="B48" s="220"/>
+      <c r="C48" s="221"/>
+      <c r="D48" s="221"/>
+      <c r="E48" s="221"/>
+      <c r="F48" s="221"/>
+      <c r="G48" s="221"/>
       <c r="H48" s="59" t="str">
         <f>IF(COUNTBLANK(H47:K47)=4,"",IF(SUM(IF(H47&gt;=1,1,0),IF(I47&gt;=1,1,0),IF(J47&gt;=1,1,0),IF(K47&gt;=1,1,0))=4,1,0))</f>
         <v/>
       </c>
-      <c r="I48" s="222"/>
-[...1 lines deleted...]
-      <c r="K48" s="222"/>
+      <c r="I48" s="220"/>
+      <c r="J48" s="220"/>
+      <c r="K48" s="220"/>
       <c r="L48" s="59" t="str">
         <f>IF(COUNTBLANK(L47:M47),"",IF(SUM(IF(L47&gt;=1,1,0),IF(M47&gt;=1,1,0))&gt;=1,1,0))</f>
         <v/>
       </c>
       <c r="M48" s="77"/>
       <c r="N48" s="63"/>
       <c r="O48" s="6"/>
       <c r="P48" s="6"/>
       <c r="U48" s="26"/>
     </row>
     <row r="49" spans="1:16" s="7" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="65"/>
-      <c r="B49" s="213" t="str">
+      <c r="B49" s="222" t="str">
         <f>"Unrestricted cash and cash equivalents to operating expense is 1.0 or greater for the 4 most recent quarters and one or both of the 2 preceding years?"</f>
         <v>Unrestricted cash and cash equivalents to operating expense is 1.0 or greater for the 4 most recent quarters and one or both of the 2 preceding years?</v>
       </c>
-      <c r="C49" s="214"/>
-[...9 lines deleted...]
-      <c r="M49" s="214"/>
+      <c r="C49" s="223"/>
+      <c r="D49" s="223"/>
+      <c r="E49" s="223"/>
+      <c r="F49" s="223"/>
+      <c r="G49" s="223"/>
+      <c r="H49" s="223"/>
+      <c r="I49" s="223"/>
+      <c r="J49" s="223"/>
+      <c r="K49" s="223"/>
+      <c r="L49" s="223"/>
+      <c r="M49" s="223"/>
       <c r="N49" s="63"/>
       <c r="O49" s="6"/>
       <c r="P49" s="6"/>
     </row>
     <row r="50" spans="1:16" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A50" s="65"/>
-      <c r="B50" s="195" t="str">
+      <c r="B50" s="224" t="str">
         <f>(IF(COUNTBLANK(H47:M47)=6, "", (IF(SUM(IF(H48=1,1,0), IF(L48=1,1,0))=2, "Yes", "No"))))</f>
         <v/>
       </c>
-      <c r="C50" s="195"/>
-[...9 lines deleted...]
-      <c r="M50" s="195"/>
+      <c r="C50" s="224"/>
+      <c r="D50" s="224"/>
+      <c r="E50" s="224"/>
+      <c r="F50" s="224"/>
+      <c r="G50" s="224"/>
+      <c r="H50" s="224"/>
+      <c r="I50" s="224"/>
+      <c r="J50" s="224"/>
+      <c r="K50" s="224"/>
+      <c r="L50" s="224"/>
+      <c r="M50" s="224"/>
       <c r="N50" s="86" t="s">
         <v>56</v>
       </c>
       <c r="O50" s="6"/>
       <c r="P50" s="6"/>
     </row>
     <row r="51" spans="1:16" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A51" s="65"/>
-      <c r="B51" s="221"/>
-[...10 lines deleted...]
-      <c r="M51" s="221"/>
+      <c r="B51" s="231"/>
+      <c r="C51" s="231"/>
+      <c r="D51" s="231"/>
+      <c r="E51" s="231"/>
+      <c r="F51" s="231"/>
+      <c r="G51" s="231"/>
+      <c r="H51" s="231"/>
+      <c r="I51" s="231"/>
+      <c r="J51" s="231"/>
+      <c r="K51" s="231"/>
+      <c r="L51" s="231"/>
+      <c r="M51" s="231"/>
       <c r="N51" s="63"/>
       <c r="O51" s="6"/>
       <c r="P51" s="6"/>
     </row>
     <row r="52" spans="1:16" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A52" s="65"/>
       <c r="B52" s="87" t="s">
         <v>58</v>
       </c>
       <c r="C52" s="79"/>
       <c r="D52" s="79"/>
       <c r="E52" s="79"/>
       <c r="F52" s="79"/>
       <c r="G52" s="79"/>
       <c r="H52" s="79"/>
       <c r="I52" s="79"/>
       <c r="J52" s="79"/>
       <c r="K52" s="79"/>
       <c r="L52" s="79"/>
       <c r="M52" s="79"/>
       <c r="N52" s="63"/>
       <c r="O52" s="6"/>
       <c r="P52" s="6"/>
     </row>
     <row r="53" spans="1:16" s="7" customFormat="1" ht="7.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="65"/>
       <c r="B53" s="79"/>
       <c r="C53" s="79"/>
       <c r="D53" s="79"/>
       <c r="E53" s="79"/>
       <c r="F53" s="79"/>
       <c r="G53" s="79"/>
       <c r="H53" s="79"/>
       <c r="I53" s="79"/>
       <c r="J53" s="79"/>
       <c r="K53" s="79"/>
       <c r="L53" s="79"/>
       <c r="M53" s="79"/>
       <c r="N53" s="63"/>
       <c r="O53" s="6"/>
       <c r="P53" s="6"/>
     </row>
     <row r="54" spans="1:16" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A54" s="65"/>
-      <c r="B54" s="219" t="s">
+      <c r="B54" s="229" t="s">
         <v>57</v>
       </c>
-      <c r="C54" s="220"/>
-[...9 lines deleted...]
-      <c r="M54" s="220"/>
+      <c r="C54" s="230"/>
+      <c r="D54" s="230"/>
+      <c r="E54" s="230"/>
+      <c r="F54" s="230"/>
+      <c r="G54" s="230"/>
+      <c r="H54" s="230"/>
+      <c r="I54" s="230"/>
+      <c r="J54" s="230"/>
+      <c r="K54" s="230"/>
+      <c r="L54" s="230"/>
+      <c r="M54" s="230"/>
       <c r="N54" s="63"/>
       <c r="O54" s="6"/>
       <c r="P54" s="6"/>
     </row>
     <row r="55" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A55" s="44"/>
-      <c r="B55" s="215"/>
-[...10 lines deleted...]
-      <c r="M55" s="215"/>
+      <c r="B55" s="225"/>
+      <c r="C55" s="225"/>
+      <c r="D55" s="225"/>
+      <c r="E55" s="225"/>
+      <c r="F55" s="225"/>
+      <c r="G55" s="225"/>
+      <c r="H55" s="225"/>
+      <c r="I55" s="225"/>
+      <c r="J55" s="225"/>
+      <c r="K55" s="225"/>
+      <c r="L55" s="225"/>
+      <c r="M55" s="225"/>
       <c r="N55" s="44"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
     </row>
     <row r="56" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A56" s="44"/>
       <c r="B56" s="20" t="s">
         <v>2</v>
       </c>
-      <c r="C56" s="151"/>
-[...5 lines deleted...]
-      <c r="I56" s="151"/>
+      <c r="C56" s="183"/>
+      <c r="D56" s="183"/>
+      <c r="E56" s="183"/>
+      <c r="F56" s="183"/>
+      <c r="G56" s="183"/>
+      <c r="H56" s="183"/>
+      <c r="I56" s="183"/>
       <c r="J56" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="K56" s="216" t="str">
+      <c r="K56" s="226" t="str">
         <f>IF(ISBLANK(Makes!I32:I32), "", Makes!I32:I32)</f>
         <v/>
       </c>
-      <c r="L56" s="216"/>
-      <c r="M56" s="216"/>
+      <c r="L56" s="226"/>
+      <c r="M56" s="226"/>
       <c r="N56" s="44"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
     </row>
     <row r="57" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A57" s="44"/>
-      <c r="B57" s="149"/>
-[...10 lines deleted...]
-      <c r="M57" s="150"/>
+      <c r="B57" s="182"/>
+      <c r="C57" s="162"/>
+      <c r="D57" s="162"/>
+      <c r="E57" s="162"/>
+      <c r="F57" s="162"/>
+      <c r="G57" s="162"/>
+      <c r="H57" s="162"/>
+      <c r="I57" s="162"/>
+      <c r="J57" s="162"/>
+      <c r="K57" s="162"/>
+      <c r="L57" s="162"/>
+      <c r="M57" s="162"/>
       <c r="N57" s="44"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
     </row>
     <row r="58" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A58" s="44"/>
       <c r="B58" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="C58" s="217" t="str">
+      <c r="C58" s="227" t="str">
         <f>IF(ISBLANK(Makes!C34:C34), "", Makes!C34:C34)</f>
         <v/>
       </c>
-      <c r="D58" s="217"/>
-[...4 lines deleted...]
-      <c r="I58" s="217"/>
+      <c r="D58" s="227"/>
+      <c r="E58" s="227"/>
+      <c r="F58" s="227"/>
+      <c r="G58" s="227"/>
+      <c r="H58" s="227"/>
+      <c r="I58" s="227"/>
       <c r="J58" s="21" t="s">
         <v>4</v>
       </c>
-      <c r="K58" s="218" t="str">
+      <c r="K58" s="228" t="str">
         <f>IF(ISBLANK(Makes!I34:I34), "", Makes!I34:I34)</f>
         <v/>
       </c>
-      <c r="L58" s="218"/>
-      <c r="M58" s="218"/>
+      <c r="L58" s="228"/>
+      <c r="M58" s="228"/>
       <c r="N58" s="44"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
     </row>
     <row r="59" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A59" s="44"/>
-      <c r="B59" s="187"/>
-[...10 lines deleted...]
-      <c r="M59" s="212"/>
+      <c r="B59" s="188"/>
+      <c r="C59" s="191"/>
+      <c r="D59" s="191"/>
+      <c r="E59" s="191"/>
+      <c r="F59" s="191"/>
+      <c r="G59" s="191"/>
+      <c r="H59" s="191"/>
+      <c r="I59" s="191"/>
+      <c r="J59" s="191"/>
+      <c r="K59" s="191"/>
+      <c r="L59" s="191"/>
+      <c r="M59" s="191"/>
       <c r="N59" s="44"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
     </row>
     <row r="60" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A60" s="44"/>
       <c r="B60" s="44"/>
       <c r="C60" s="44"/>
       <c r="D60" s="44"/>
       <c r="E60" s="44"/>
       <c r="F60" s="44"/>
       <c r="G60" s="44"/>
       <c r="H60" s="44"/>
       <c r="I60" s="44"/>
       <c r="J60" s="44"/>
       <c r="K60" s="44"/>
       <c r="L60" s="44"/>
       <c r="M60" s="44"/>
       <c r="N60" s="52"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Xj7nVb8zUIVSqhIJRKDhX1mvh+xcfWZA4pqPhq3RQRnM7B87IX7TpZ2LVScLeQNM4k6BJewzkm9QGikdAsuBlA==" saltValue="3I82zYbsJ9I1zw5QQEXO1g==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="0ZCcTvJ4ZU4GMlQduWmN2qkl95f56XJlZdXzUPBtwxQDBGt28aeSM/1dOCViAFqQusExD43N+01Cv+vAi4zkfw==" saltValue="wJpHdIjjPltaibugwmp7tQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="71">
-    <mergeCell ref="F6:Q6"/>
-[...18 lines deleted...]
-    <mergeCell ref="I19:M19"/>
+    <mergeCell ref="B31:M31"/>
+    <mergeCell ref="B32:M32"/>
+    <mergeCell ref="B33:M33"/>
+    <mergeCell ref="B34:G34"/>
+    <mergeCell ref="I34:M34"/>
+    <mergeCell ref="B35:G35"/>
+    <mergeCell ref="B41:M41"/>
+    <mergeCell ref="B47:G47"/>
+    <mergeCell ref="B45:G45"/>
+    <mergeCell ref="B46:G46"/>
+    <mergeCell ref="B38:G38"/>
+    <mergeCell ref="B44:G44"/>
+    <mergeCell ref="I35:M35"/>
+    <mergeCell ref="I36:M36"/>
+    <mergeCell ref="B36:G36"/>
+    <mergeCell ref="B43:G43"/>
+    <mergeCell ref="B37:G37"/>
+    <mergeCell ref="B59:M59"/>
+    <mergeCell ref="B49:M49"/>
+    <mergeCell ref="B50:M50"/>
+    <mergeCell ref="B55:M55"/>
+    <mergeCell ref="C56:I56"/>
+    <mergeCell ref="K56:M56"/>
+    <mergeCell ref="C58:I58"/>
+    <mergeCell ref="K58:M58"/>
+    <mergeCell ref="B57:M57"/>
+    <mergeCell ref="B54:M54"/>
+    <mergeCell ref="B51:M51"/>
+    <mergeCell ref="I48:K48"/>
+    <mergeCell ref="B48:G48"/>
+    <mergeCell ref="I37:M37"/>
+    <mergeCell ref="I38:M38"/>
+    <mergeCell ref="B39:M39"/>
+    <mergeCell ref="B40:M40"/>
+    <mergeCell ref="B42:M42"/>
     <mergeCell ref="B26:M26"/>
     <mergeCell ref="B27:G27"/>
     <mergeCell ref="B28:G28"/>
     <mergeCell ref="I20:M20"/>
     <mergeCell ref="B30:M30"/>
     <mergeCell ref="B25:M25"/>
     <mergeCell ref="B22:G22"/>
     <mergeCell ref="K27:M27"/>
     <mergeCell ref="K28:M28"/>
     <mergeCell ref="K29:M29"/>
     <mergeCell ref="B21:G21"/>
     <mergeCell ref="B20:G20"/>
     <mergeCell ref="B23:M23"/>
     <mergeCell ref="B24:M24"/>
     <mergeCell ref="B29:G29"/>
     <mergeCell ref="I21:M21"/>
-    <mergeCell ref="I48:K48"/>
-[...33 lines deleted...]
-    <mergeCell ref="I34:M34"/>
+    <mergeCell ref="I22:M22"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="E14:H14"/>
+    <mergeCell ref="I14:J14"/>
+    <mergeCell ref="K14:M14"/>
+    <mergeCell ref="B15:M15"/>
+    <mergeCell ref="B16:M16"/>
+    <mergeCell ref="B18:G18"/>
+    <mergeCell ref="B19:G19"/>
+    <mergeCell ref="I19:M19"/>
+    <mergeCell ref="B11:M11"/>
+    <mergeCell ref="F12:M12"/>
+    <mergeCell ref="B13:M13"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B17:M17"/>
+    <mergeCell ref="F6:Q6"/>
+    <mergeCell ref="F8:Q8"/>
+    <mergeCell ref="B7:M7"/>
+    <mergeCell ref="B9:M9"/>
+    <mergeCell ref="B10:M10"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.25" header="0" footer="0"/>
   <pageSetup scale="85" orientation="portrait" horizontalDpi="4294967292" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:M39"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="J16" sqref="J16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="54" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="3.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="1" customWidth="1"/>
@@ -5536,1112 +5518,1112 @@
       <c r="E4" s="32"/>
       <c r="F4" s="32"/>
       <c r="G4" s="32"/>
       <c r="H4" s="32"/>
       <c r="I4" s="33"/>
       <c r="J4" s="33"/>
       <c r="K4" s="44"/>
       <c r="L4" s="34"/>
     </row>
     <row r="5" spans="1:13" s="35" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A5" s="45"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="42"/>
       <c r="J5" s="42"/>
       <c r="K5" s="44"/>
       <c r="L5" s="43"/>
     </row>
     <row r="6" spans="1:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="52"/>
-      <c r="B6" s="242"/>
-[...7 lines deleted...]
-      <c r="J6" s="242"/>
+      <c r="B6" s="256"/>
+      <c r="C6" s="256"/>
+      <c r="D6" s="256"/>
+      <c r="E6" s="256"/>
+      <c r="F6" s="256"/>
+      <c r="G6" s="256"/>
+      <c r="H6" s="256"/>
+      <c r="I6" s="256"/>
+      <c r="J6" s="256"/>
       <c r="K6" s="66"/>
     </row>
     <row r="7" spans="1:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="52"/>
-      <c r="B7" s="247" t="s">
+      <c r="B7" s="260" t="s">
         <v>31</v>
       </c>
-      <c r="C7" s="247"/>
-[...6 lines deleted...]
-      <c r="J7" s="247"/>
+      <c r="C7" s="260"/>
+      <c r="D7" s="260"/>
+      <c r="E7" s="260"/>
+      <c r="F7" s="260"/>
+      <c r="G7" s="260"/>
+      <c r="H7" s="260"/>
+      <c r="I7" s="260"/>
+      <c r="J7" s="260"/>
       <c r="K7" s="67"/>
       <c r="L7" s="54"/>
       <c r="M7" s="1"/>
     </row>
     <row r="8" spans="1:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="52"/>
-      <c r="B8" s="247" t="s">
+      <c r="B8" s="260" t="s">
         <v>23</v>
       </c>
-      <c r="C8" s="247"/>
-[...6 lines deleted...]
-      <c r="J8" s="247"/>
+      <c r="C8" s="260"/>
+      <c r="D8" s="260"/>
+      <c r="E8" s="260"/>
+      <c r="F8" s="260"/>
+      <c r="G8" s="260"/>
+      <c r="H8" s="260"/>
+      <c r="I8" s="260"/>
+      <c r="J8" s="260"/>
       <c r="K8" s="67"/>
       <c r="L8" s="54"/>
       <c r="M8" s="1"/>
     </row>
     <row r="9" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="52"/>
-      <c r="B9" s="243" t="s">
-[...9 lines deleted...]
-      <c r="J9" s="243"/>
+      <c r="B9" s="257" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" s="257"/>
+      <c r="D9" s="257"/>
+      <c r="E9" s="257"/>
+      <c r="F9" s="257"/>
+      <c r="G9" s="257"/>
+      <c r="H9" s="257"/>
+      <c r="I9" s="257"/>
+      <c r="J9" s="257"/>
       <c r="K9" s="66"/>
     </row>
     <row r="10" spans="1:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="52"/>
-      <c r="B10" s="250" t="s">
+      <c r="B10" s="263" t="s">
         <v>0</v>
       </c>
-      <c r="C10" s="250"/>
-[...1 lines deleted...]
-      <c r="E10" s="238" t="str">
+      <c r="C10" s="263"/>
+      <c r="D10" s="263"/>
+      <c r="E10" s="189" t="str">
         <f>IF(ISBLANK(Makes!E11:E11), "", Makes!E11:E11)</f>
         <v/>
       </c>
-      <c r="F10" s="238"/>
-[...3 lines deleted...]
-      <c r="J10" s="238"/>
+      <c r="F10" s="189"/>
+      <c r="G10" s="189"/>
+      <c r="H10" s="189"/>
+      <c r="I10" s="189"/>
+      <c r="J10" s="189"/>
       <c r="K10" s="66"/>
     </row>
     <row r="11" spans="1:13" s="3" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="52"/>
-      <c r="B11" s="157"/>
-[...7 lines deleted...]
-      <c r="J11" s="244"/>
+      <c r="B11" s="168"/>
+      <c r="C11" s="251"/>
+      <c r="D11" s="251"/>
+      <c r="E11" s="251"/>
+      <c r="F11" s="251"/>
+      <c r="G11" s="251"/>
+      <c r="H11" s="251"/>
+      <c r="I11" s="251"/>
+      <c r="J11" s="251"/>
       <c r="K11" s="68"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
     </row>
     <row r="12" spans="1:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="52"/>
-      <c r="B12" s="248" t="s">
+      <c r="B12" s="261" t="s">
         <v>7</v>
       </c>
-      <c r="C12" s="248"/>
-[...1 lines deleted...]
-      <c r="E12" s="233" t="str">
+      <c r="C12" s="261"/>
+      <c r="D12" s="261"/>
+      <c r="E12" s="192" t="str">
         <f>IF(ISBLANK(Makes!E13:E13), "", Makes!E13:E13)</f>
         <v/>
       </c>
-      <c r="F12" s="233"/>
-[...1 lines deleted...]
-      <c r="H12" s="249" t="s">
+      <c r="F12" s="192"/>
+      <c r="G12" s="192"/>
+      <c r="H12" s="262" t="s">
         <v>32</v>
       </c>
-      <c r="I12" s="249"/>
+      <c r="I12" s="262"/>
       <c r="J12" s="14" t="str">
         <f>IF(ISBLANK(Makes!I13:I13), "", Makes!I13:I13)</f>
         <v/>
       </c>
       <c r="K12" s="61"/>
     </row>
     <row r="13" spans="1:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="52"/>
-      <c r="B13" s="245"/>
-[...7 lines deleted...]
-      <c r="J13" s="246"/>
+      <c r="B13" s="258"/>
+      <c r="C13" s="259"/>
+      <c r="D13" s="259"/>
+      <c r="E13" s="259"/>
+      <c r="F13" s="259"/>
+      <c r="G13" s="259"/>
+      <c r="H13" s="259"/>
+      <c r="I13" s="259"/>
+      <c r="J13" s="259"/>
       <c r="K13" s="66"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
     </row>
     <row r="14" spans="1:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="52"/>
-      <c r="B14" s="254" t="s">
+      <c r="B14" s="252" t="s">
         <v>1</v>
       </c>
-      <c r="C14" s="255"/>
-[...6 lines deleted...]
-      <c r="J14" s="255"/>
+      <c r="C14" s="253"/>
+      <c r="D14" s="253"/>
+      <c r="E14" s="253"/>
+      <c r="F14" s="253"/>
+      <c r="G14" s="253"/>
+      <c r="H14" s="253"/>
+      <c r="I14" s="253"/>
+      <c r="J14" s="253"/>
       <c r="K14" s="69"/>
       <c r="L14" s="5"/>
       <c r="M14" s="5"/>
     </row>
     <row r="15" spans="1:13" s="9" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="76"/>
-      <c r="B15" s="256"/>
-[...7 lines deleted...]
-      <c r="J15" s="257"/>
+      <c r="B15" s="250"/>
+      <c r="C15" s="254"/>
+      <c r="D15" s="254"/>
+      <c r="E15" s="254"/>
+      <c r="F15" s="254"/>
+      <c r="G15" s="254"/>
+      <c r="H15" s="254"/>
+      <c r="I15" s="254"/>
+      <c r="J15" s="254"/>
       <c r="K15" s="70"/>
       <c r="L15" s="74"/>
     </row>
     <row r="16" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="63"/>
-      <c r="B16" s="258" t="s">
+      <c r="B16" s="255" t="s">
         <v>15</v>
       </c>
-      <c r="C16" s="203"/>
-[...5 lines deleted...]
-      <c r="I16" s="199"/>
+      <c r="C16" s="235"/>
+      <c r="D16" s="235"/>
+      <c r="E16" s="235"/>
+      <c r="F16" s="235"/>
+      <c r="G16" s="235"/>
+      <c r="H16" s="235"/>
+      <c r="I16" s="211"/>
       <c r="J16" s="10"/>
       <c r="K16" s="71"/>
       <c r="L16" s="75"/>
     </row>
     <row r="17" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="63"/>
-      <c r="B17" s="258" t="s">
+      <c r="B17" s="255" t="s">
         <v>16</v>
       </c>
-      <c r="C17" s="203"/>
-[...5 lines deleted...]
-      <c r="I17" s="199"/>
+      <c r="C17" s="235"/>
+      <c r="D17" s="235"/>
+      <c r="E17" s="235"/>
+      <c r="F17" s="235"/>
+      <c r="G17" s="235"/>
+      <c r="H17" s="235"/>
+      <c r="I17" s="211"/>
       <c r="J17" s="10"/>
       <c r="K17" s="71"/>
       <c r="L17" s="75"/>
     </row>
     <row r="18" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="63"/>
-      <c r="B18" s="202" t="s">
+      <c r="B18" s="234" t="s">
         <v>17</v>
       </c>
-      <c r="C18" s="251"/>
-[...5 lines deleted...]
-      <c r="I18" s="199"/>
+      <c r="C18" s="248"/>
+      <c r="D18" s="248"/>
+      <c r="E18" s="248"/>
+      <c r="F18" s="248"/>
+      <c r="G18" s="248"/>
+      <c r="H18" s="248"/>
+      <c r="I18" s="211"/>
       <c r="J18" s="10"/>
       <c r="K18" s="71"/>
       <c r="L18" s="75"/>
     </row>
     <row r="19" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="63"/>
-      <c r="B19" s="202" t="s">
+      <c r="B19" s="234" t="s">
         <v>18</v>
       </c>
-      <c r="C19" s="251"/>
-[...5 lines deleted...]
-      <c r="I19" s="199"/>
+      <c r="C19" s="248"/>
+      <c r="D19" s="248"/>
+      <c r="E19" s="248"/>
+      <c r="F19" s="248"/>
+      <c r="G19" s="248"/>
+      <c r="H19" s="248"/>
+      <c r="I19" s="211"/>
       <c r="J19" s="10"/>
       <c r="K19" s="71"/>
       <c r="L19" s="75"/>
     </row>
     <row r="20" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="63"/>
-      <c r="B20" s="202" t="s">
+      <c r="B20" s="234" t="s">
         <v>19</v>
       </c>
-      <c r="C20" s="251"/>
-[...5 lines deleted...]
-      <c r="I20" s="199"/>
+      <c r="C20" s="248"/>
+      <c r="D20" s="248"/>
+      <c r="E20" s="248"/>
+      <c r="F20" s="248"/>
+      <c r="G20" s="248"/>
+      <c r="H20" s="248"/>
+      <c r="I20" s="211"/>
       <c r="J20" s="10"/>
       <c r="K20" s="71"/>
       <c r="L20" s="75"/>
     </row>
     <row r="21" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="63"/>
-      <c r="B21" s="202" t="s">
+      <c r="B21" s="234" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="251"/>
-[...5 lines deleted...]
-      <c r="I21" s="199"/>
+      <c r="C21" s="248"/>
+      <c r="D21" s="248"/>
+      <c r="E21" s="248"/>
+      <c r="F21" s="248"/>
+      <c r="G21" s="248"/>
+      <c r="H21" s="248"/>
+      <c r="I21" s="211"/>
       <c r="J21" s="10"/>
       <c r="K21" s="71"/>
       <c r="L21" s="75"/>
     </row>
     <row r="22" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="63"/>
-      <c r="B22" s="202" t="s">
+      <c r="B22" s="234" t="s">
         <v>20</v>
       </c>
-      <c r="C22" s="251"/>
-[...5 lines deleted...]
-      <c r="I22" s="199"/>
+      <c r="C22" s="248"/>
+      <c r="D22" s="248"/>
+      <c r="E22" s="248"/>
+      <c r="F22" s="248"/>
+      <c r="G22" s="248"/>
+      <c r="H22" s="248"/>
+      <c r="I22" s="211"/>
       <c r="J22" s="10"/>
       <c r="K22" s="71"/>
       <c r="L22" s="75"/>
     </row>
     <row r="23" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="63"/>
-      <c r="B23" s="202" t="s">
+      <c r="B23" s="234" t="s">
         <v>25</v>
       </c>
-      <c r="C23" s="168"/>
-[...5 lines deleted...]
-      <c r="I23" s="199"/>
+      <c r="C23" s="155"/>
+      <c r="D23" s="155"/>
+      <c r="E23" s="155"/>
+      <c r="F23" s="155"/>
+      <c r="G23" s="155"/>
+      <c r="H23" s="155"/>
+      <c r="I23" s="211"/>
       <c r="J23" s="10"/>
       <c r="K23" s="72"/>
       <c r="L23" s="75"/>
     </row>
     <row r="24" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="63"/>
-      <c r="B24" s="202" t="s">
+      <c r="B24" s="234" t="s">
         <v>21</v>
       </c>
-      <c r="C24" s="168"/>
-[...5 lines deleted...]
-      <c r="I24" s="199"/>
+      <c r="C24" s="155"/>
+      <c r="D24" s="155"/>
+      <c r="E24" s="155"/>
+      <c r="F24" s="155"/>
+      <c r="G24" s="155"/>
+      <c r="H24" s="155"/>
+      <c r="I24" s="211"/>
       <c r="J24" s="10"/>
       <c r="K24" s="71"/>
       <c r="L24" s="6"/>
       <c r="M24" s="6"/>
     </row>
     <row r="25" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="63"/>
-      <c r="B25" s="252" t="s">
+      <c r="B25" s="244" t="s">
         <v>53</v>
       </c>
-      <c r="C25" s="253"/>
-[...5 lines deleted...]
-      <c r="I25" s="199"/>
+      <c r="C25" s="245"/>
+      <c r="D25" s="245"/>
+      <c r="E25" s="245"/>
+      <c r="F25" s="245"/>
+      <c r="G25" s="245"/>
+      <c r="H25" s="245"/>
+      <c r="I25" s="211"/>
       <c r="J25" s="88" t="str">
         <f>IF(COUNTBLANK(J16:J24)=9, "", SUM(J16:J24))</f>
         <v/>
       </c>
       <c r="K25" s="90" t="s">
         <v>56</v>
       </c>
       <c r="L25" s="6"/>
       <c r="M25" s="6"/>
     </row>
     <row r="26" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="63"/>
-      <c r="B26" s="202" t="s">
+      <c r="B26" s="234" t="s">
         <v>59</v>
       </c>
-      <c r="C26" s="203"/>
-[...5 lines deleted...]
-      <c r="I26" s="199"/>
+      <c r="C26" s="235"/>
+      <c r="D26" s="235"/>
+      <c r="E26" s="235"/>
+      <c r="F26" s="235"/>
+      <c r="G26" s="235"/>
+      <c r="H26" s="235"/>
+      <c r="I26" s="211"/>
       <c r="J26" s="89" t="str">
         <f>IF(ISNUMBER(J25)=FALSE, "", (J25*0.00125))</f>
         <v/>
       </c>
       <c r="K26" s="90" t="s">
         <v>56</v>
       </c>
       <c r="L26" s="6"/>
       <c r="M26" s="6"/>
     </row>
     <row r="27" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="63"/>
-      <c r="B27" s="202" t="s">
+      <c r="B27" s="234" t="s">
         <v>54</v>
       </c>
-      <c r="C27" s="203"/>
-[...5 lines deleted...]
-      <c r="I27" s="199"/>
+      <c r="C27" s="235"/>
+      <c r="D27" s="235"/>
+      <c r="E27" s="235"/>
+      <c r="F27" s="235"/>
+      <c r="G27" s="235"/>
+      <c r="H27" s="235"/>
+      <c r="I27" s="211"/>
       <c r="J27" s="89" t="str">
         <f>IF(ISNUMBER(J26)=FALSE, "", (ROUNDUP(J26,1)))</f>
         <v/>
       </c>
       <c r="K27" s="90" t="s">
         <v>56</v>
       </c>
       <c r="L27" s="6"/>
       <c r="M27" s="6"/>
     </row>
     <row r="28" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="63"/>
-      <c r="B28" s="252" t="s">
+      <c r="B28" s="244" t="s">
         <v>22</v>
       </c>
-      <c r="C28" s="253"/>
-[...5 lines deleted...]
-      <c r="I28" s="147"/>
+      <c r="C28" s="245"/>
+      <c r="D28" s="245"/>
+      <c r="E28" s="245"/>
+      <c r="F28" s="245"/>
+      <c r="G28" s="245"/>
+      <c r="H28" s="245"/>
+      <c r="I28" s="181"/>
       <c r="J28" s="88" t="str">
         <f>IF(J27&gt;1, J27, 1)</f>
         <v/>
       </c>
       <c r="K28" s="90" t="s">
         <v>56</v>
       </c>
       <c r="L28" s="6"/>
       <c r="M28" s="6"/>
     </row>
     <row r="29" spans="1:13" s="7" customFormat="1" ht="1.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="63"/>
-      <c r="B29" s="262"/>
-[...7 lines deleted...]
-      <c r="J29" s="263"/>
+      <c r="B29" s="246"/>
+      <c r="C29" s="247"/>
+      <c r="D29" s="247"/>
+      <c r="E29" s="247"/>
+      <c r="F29" s="247"/>
+      <c r="G29" s="247"/>
+      <c r="H29" s="247"/>
+      <c r="I29" s="247"/>
+      <c r="J29" s="247"/>
       <c r="K29" s="71"/>
       <c r="L29" s="6"/>
       <c r="M29" s="6"/>
     </row>
     <row r="30" spans="1:13" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="63"/>
       <c r="B30" s="27" t="s">
         <v>58</v>
       </c>
       <c r="C30" s="92"/>
       <c r="D30" s="92"/>
       <c r="E30" s="92"/>
       <c r="F30" s="92"/>
       <c r="G30" s="92"/>
       <c r="H30" s="92"/>
       <c r="I30" s="92"/>
       <c r="J30" s="92"/>
       <c r="K30" s="71"/>
       <c r="L30" s="6"/>
       <c r="M30" s="6"/>
     </row>
     <row r="31" spans="1:13" s="7" customFormat="1" ht="7.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="63"/>
       <c r="B31" s="91"/>
       <c r="C31" s="92"/>
       <c r="D31" s="92"/>
       <c r="E31" s="92"/>
       <c r="F31" s="92"/>
       <c r="G31" s="92"/>
       <c r="H31" s="92"/>
       <c r="I31" s="92"/>
       <c r="J31" s="92"/>
       <c r="K31" s="71"/>
       <c r="L31" s="6"/>
       <c r="M31" s="6"/>
     </row>
     <row r="32" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="52"/>
-      <c r="B32" s="165" t="s">
+      <c r="B32" s="178" t="s">
         <v>57</v>
       </c>
-      <c r="C32" s="260"/>
-[...6 lines deleted...]
-      <c r="J32" s="260"/>
+      <c r="C32" s="242"/>
+      <c r="D32" s="242"/>
+      <c r="E32" s="242"/>
+      <c r="F32" s="242"/>
+      <c r="G32" s="242"/>
+      <c r="H32" s="242"/>
+      <c r="I32" s="242"/>
+      <c r="J32" s="242"/>
       <c r="K32" s="67"/>
       <c r="L32" s="54"/>
       <c r="M32" s="1"/>
     </row>
     <row r="33" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="52"/>
-      <c r="B33" s="261"/>
-[...7 lines deleted...]
-      <c r="J33" s="260"/>
+      <c r="B33" s="243"/>
+      <c r="C33" s="242"/>
+      <c r="D33" s="242"/>
+      <c r="E33" s="242"/>
+      <c r="F33" s="242"/>
+      <c r="G33" s="242"/>
+      <c r="H33" s="242"/>
+      <c r="I33" s="242"/>
+      <c r="J33" s="242"/>
       <c r="K33" s="67"/>
       <c r="L33" s="54"/>
       <c r="M33" s="1"/>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A34" s="52"/>
       <c r="B34" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="C34" s="235"/>
-[...3 lines deleted...]
-      <c r="G34" s="235"/>
+      <c r="C34" s="194"/>
+      <c r="D34" s="194"/>
+      <c r="E34" s="194"/>
+      <c r="F34" s="194"/>
+      <c r="G34" s="194"/>
       <c r="H34" s="18" t="s">
         <v>5</v>
       </c>
-      <c r="I34" s="216" t="str">
+      <c r="I34" s="226" t="str">
         <f>IF(ISBLANK(Makes!I32:I32), "", Makes!I32:I32)</f>
         <v/>
       </c>
-      <c r="J34" s="216"/>
+      <c r="J34" s="226"/>
       <c r="K34" s="67"/>
       <c r="L34" s="54"/>
       <c r="M34" s="1"/>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A35" s="52"/>
-      <c r="B35" s="256"/>
-[...7 lines deleted...]
-      <c r="J35" s="244"/>
+      <c r="B35" s="250"/>
+      <c r="C35" s="251"/>
+      <c r="D35" s="251"/>
+      <c r="E35" s="251"/>
+      <c r="F35" s="251"/>
+      <c r="G35" s="251"/>
+      <c r="H35" s="251"/>
+      <c r="I35" s="251"/>
+      <c r="J35" s="251"/>
       <c r="K35" s="67"/>
       <c r="L35" s="54"/>
       <c r="M35" s="1"/>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A36" s="52"/>
       <c r="B36" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="C36" s="217" t="str">
+      <c r="C36" s="227" t="str">
         <f>IF(ISBLANK(Makes!C34:C34), "", Makes!C34:C34)</f>
         <v/>
       </c>
-      <c r="D36" s="217"/>
-[...2 lines deleted...]
-      <c r="G36" s="217"/>
+      <c r="D36" s="227"/>
+      <c r="E36" s="227"/>
+      <c r="F36" s="227"/>
+      <c r="G36" s="227"/>
       <c r="H36" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="I36" s="218" t="str">
+      <c r="I36" s="228" t="str">
         <f>IF(ISBLANK(Makes!I34:I34), "", Makes!I34:I34)</f>
         <v/>
       </c>
-      <c r="J36" s="218"/>
+      <c r="J36" s="228"/>
       <c r="K36" s="67"/>
       <c r="L36" s="54"/>
       <c r="M36" s="1"/>
     </row>
     <row r="37" spans="1:13" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A37" s="52"/>
-      <c r="B37" s="259"/>
-[...7 lines deleted...]
-      <c r="J37" s="259"/>
+      <c r="B37" s="249"/>
+      <c r="C37" s="249"/>
+      <c r="D37" s="249"/>
+      <c r="E37" s="249"/>
+      <c r="F37" s="249"/>
+      <c r="G37" s="249"/>
+      <c r="H37" s="249"/>
+      <c r="I37" s="249"/>
+      <c r="J37" s="249"/>
       <c r="K37" s="73"/>
       <c r="L37" s="5"/>
       <c r="M37" s="5"/>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A38" s="52"/>
       <c r="B38" s="44"/>
       <c r="C38" s="44"/>
       <c r="D38" s="44"/>
       <c r="E38" s="44"/>
       <c r="F38" s="44"/>
       <c r="G38" s="44"/>
       <c r="H38" s="44"/>
       <c r="I38" s="44"/>
       <c r="J38" s="44"/>
       <c r="K38" s="66"/>
     </row>
     <row r="39" spans="1:13" s="54" customFormat="1" x14ac:dyDescent="0.2">
       <c r="K39" s="8"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="mPsXF0XponawKJc/9ogncS0D+QZ83XcoN5NBwWfaTpt0NuiXdNfuhk9jEdl3CjAAN3s/6lGOOJKMahrZiMcyiA==" saltValue="kpNs4BUvNXYESvVwe0FaSQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="RQAZZLf/VpMpz//FjpG3LI+e1twyc3vR/EJnkGdB+n5RfZ0tiAkjLSENZDoY3Bvn6c0XYIrH65gxLL9r0np9og==" saltValue="5WfQOCNpvEBk1Iu9M6h38g==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="35">
-    <mergeCell ref="B32:J32"/>
-[...22 lines deleted...]
-    <mergeCell ref="B19:I19"/>
     <mergeCell ref="B6:J6"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="B11:J11"/>
     <mergeCell ref="B13:J13"/>
     <mergeCell ref="B8:J8"/>
     <mergeCell ref="B7:J7"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="E12:G12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="E10:J10"/>
     <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B20:I20"/>
+    <mergeCell ref="B25:I25"/>
+    <mergeCell ref="B14:J14"/>
+    <mergeCell ref="B15:J15"/>
+    <mergeCell ref="B16:I16"/>
+    <mergeCell ref="B17:I17"/>
+    <mergeCell ref="B18:I18"/>
+    <mergeCell ref="B19:I19"/>
+    <mergeCell ref="B37:J37"/>
+    <mergeCell ref="C34:G34"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="I36:J36"/>
+    <mergeCell ref="C36:G36"/>
+    <mergeCell ref="B35:J35"/>
+    <mergeCell ref="B32:J32"/>
+    <mergeCell ref="B33:J33"/>
+    <mergeCell ref="B28:I28"/>
+    <mergeCell ref="B29:J29"/>
+    <mergeCell ref="B21:I21"/>
+    <mergeCell ref="B22:I22"/>
+    <mergeCell ref="B23:I23"/>
+    <mergeCell ref="B24:I24"/>
+    <mergeCell ref="B26:I26"/>
+    <mergeCell ref="B27:I27"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6355774-2DAD-47B9-8875-7098BB23583C}">
-  <sheetPr>
+  <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:Z109"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C5" sqref="C5:G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" customWidth="1"/>
     <col min="2" max="2" width="15.140625" customWidth="1"/>
     <col min="3" max="3" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" customWidth="1"/>
     <col min="6" max="6" width="7.28515625" customWidth="1"/>
     <col min="7" max="7" width="33.28515625" customWidth="1"/>
     <col min="8" max="8" width="14.85546875" customWidth="1"/>
     <col min="9" max="9" width="3.5703125" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:22" ht="15" x14ac:dyDescent="0.2">
       <c r="B1" s="98" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C1" s="99"/>
       <c r="D1" s="99"/>
       <c r="E1" s="99"/>
       <c r="F1" s="99"/>
       <c r="G1" s="99"/>
       <c r="H1" s="99"/>
       <c r="I1" s="99"/>
       <c r="J1" s="99"/>
       <c r="K1" s="99"/>
       <c r="L1" s="99"/>
       <c r="M1" s="99"/>
       <c r="N1" s="99"/>
       <c r="O1" s="99"/>
       <c r="P1" s="99"/>
       <c r="Q1" s="99"/>
       <c r="R1" s="99"/>
       <c r="S1" s="99"/>
       <c r="T1" s="99"/>
       <c r="U1" s="99"/>
       <c r="V1" s="99"/>
     </row>
     <row r="2" spans="2:22" ht="3.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="105"/>
       <c r="C2" s="99"/>
       <c r="D2" s="99"/>
       <c r="E2" s="99"/>
       <c r="F2" s="99"/>
       <c r="G2" s="99"/>
       <c r="H2" s="99"/>
       <c r="I2" s="99"/>
       <c r="J2" s="99"/>
       <c r="K2" s="99"/>
       <c r="L2" s="99"/>
       <c r="M2" s="99"/>
       <c r="N2" s="99"/>
       <c r="O2" s="99"/>
       <c r="P2" s="99"/>
       <c r="Q2" s="99"/>
       <c r="R2" s="99"/>
       <c r="S2" s="99"/>
       <c r="T2" s="99"/>
       <c r="U2" s="99"/>
       <c r="V2" s="99"/>
     </row>
     <row r="3" spans="2:22" ht="15" x14ac:dyDescent="0.2">
       <c r="B3" s="100" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="99"/>
       <c r="K3" s="99"/>
       <c r="L3" s="101"/>
       <c r="M3" s="99"/>
       <c r="N3" s="99"/>
       <c r="O3" s="99"/>
       <c r="P3" s="99"/>
       <c r="Q3" s="99"/>
       <c r="R3" s="99"/>
       <c r="S3" s="99"/>
       <c r="T3" s="99"/>
       <c r="U3" s="99"/>
       <c r="V3" s="99"/>
     </row>
     <row r="4" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B4" s="105"/>
       <c r="C4" s="104"/>
       <c r="D4" s="104"/>
       <c r="E4" s="104"/>
       <c r="F4" s="104"/>
       <c r="G4" s="104"/>
       <c r="H4" s="104"/>
       <c r="I4" s="104"/>
       <c r="J4" s="99"/>
       <c r="K4" s="99"/>
       <c r="L4" s="99"/>
       <c r="M4" s="99"/>
       <c r="N4" s="99"/>
       <c r="O4" s="99"/>
       <c r="P4" s="99"/>
       <c r="Q4" s="99"/>
       <c r="R4" s="99"/>
       <c r="S4" s="99"/>
       <c r="T4" s="99"/>
       <c r="U4" s="99"/>
       <c r="V4" s="99"/>
     </row>
     <row r="5" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B5" s="109" t="s">
+        <v>98</v>
+      </c>
+      <c r="C5" s="267" t="s">
         <v>99</v>
       </c>
-      <c r="C5" s="279" t="s">
-[...5 lines deleted...]
-      <c r="G5" s="279"/>
+      <c r="D5" s="267"/>
+      <c r="E5" s="267"/>
+      <c r="F5" s="267"/>
+      <c r="G5" s="267"/>
       <c r="H5" s="110"/>
       <c r="I5" s="110"/>
       <c r="J5" s="99"/>
       <c r="K5" s="99"/>
       <c r="L5" s="102"/>
       <c r="M5" s="99"/>
       <c r="N5" s="99"/>
       <c r="O5" s="99"/>
       <c r="P5" s="99"/>
       <c r="Q5" s="99"/>
       <c r="R5" s="99"/>
       <c r="S5" s="99"/>
       <c r="T5" s="99"/>
       <c r="U5" s="99"/>
       <c r="V5" s="99"/>
     </row>
     <row r="6" spans="2:22" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="109"/>
       <c r="C6" s="110"/>
       <c r="D6" s="110"/>
       <c r="E6" s="110"/>
       <c r="F6" s="110"/>
       <c r="G6" s="110"/>
       <c r="H6" s="110"/>
       <c r="I6" s="110"/>
       <c r="J6" s="99"/>
       <c r="K6" s="99"/>
       <c r="L6" s="99"/>
       <c r="M6" s="99"/>
       <c r="N6" s="99"/>
       <c r="O6" s="99"/>
       <c r="P6" s="99"/>
       <c r="Q6" s="99"/>
       <c r="R6" s="99"/>
       <c r="S6" s="99"/>
       <c r="T6" s="99"/>
       <c r="U6" s="99"/>
       <c r="V6" s="99"/>
     </row>
     <row r="7" spans="2:22" ht="40.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="270" t="s">
-[...8 lines deleted...]
-      <c r="I7" s="270"/>
+      <c r="B7" s="275" t="s">
+        <v>103</v>
+      </c>
+      <c r="C7" s="275"/>
+      <c r="D7" s="275"/>
+      <c r="E7" s="275"/>
+      <c r="F7" s="275"/>
+      <c r="G7" s="275"/>
+      <c r="H7" s="275"/>
+      <c r="I7" s="275"/>
       <c r="J7" s="106"/>
       <c r="K7" s="106"/>
       <c r="L7" s="102"/>
       <c r="M7" s="106"/>
       <c r="N7" s="106"/>
       <c r="O7" s="106"/>
       <c r="P7" s="106"/>
       <c r="Q7" s="106"/>
       <c r="R7" s="99"/>
       <c r="S7" s="99"/>
       <c r="T7" s="99"/>
       <c r="U7" s="99"/>
       <c r="V7" s="99"/>
     </row>
     <row r="8" spans="2:22" ht="34.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="270" t="s">
+      <c r="B8" s="275" t="s">
         <v>73</v>
       </c>
-      <c r="C8" s="270"/>
-[...5 lines deleted...]
-      <c r="I8" s="270"/>
+      <c r="C8" s="275"/>
+      <c r="D8" s="275"/>
+      <c r="E8" s="275"/>
+      <c r="F8" s="275"/>
+      <c r="G8" s="275"/>
+      <c r="H8" s="275"/>
+      <c r="I8" s="275"/>
       <c r="J8" s="106"/>
       <c r="K8" s="106"/>
       <c r="L8" s="106"/>
       <c r="M8" s="106"/>
       <c r="N8" s="106"/>
       <c r="O8" s="106"/>
       <c r="P8" s="106"/>
       <c r="Q8" s="99"/>
       <c r="R8" s="99"/>
       <c r="S8" s="99"/>
       <c r="T8" s="99"/>
       <c r="U8" s="99"/>
       <c r="V8" s="99"/>
     </row>
     <row r="9" spans="2:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="111" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C9" s="112"/>
       <c r="D9" s="110"/>
       <c r="E9" s="110"/>
       <c r="F9" s="110"/>
       <c r="G9" s="110"/>
       <c r="H9" s="110"/>
       <c r="I9" s="110"/>
       <c r="J9" s="99"/>
       <c r="K9" s="99"/>
       <c r="L9" s="99"/>
       <c r="M9" s="99"/>
       <c r="N9" s="99"/>
       <c r="O9" s="99"/>
       <c r="P9" s="99"/>
       <c r="Q9" s="99"/>
       <c r="R9" s="99"/>
       <c r="S9" s="99"/>
       <c r="T9" s="99"/>
       <c r="U9" s="99"/>
       <c r="V9" s="99"/>
     </row>
     <row r="10" spans="2:22" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="109"/>
       <c r="C10" s="110"/>
       <c r="D10" s="110"/>
       <c r="E10" s="110"/>
       <c r="F10" s="110"/>
       <c r="G10" s="110"/>
       <c r="H10" s="110"/>
       <c r="I10" s="110"/>
       <c r="J10" s="99"/>
       <c r="K10" s="99"/>
       <c r="L10" s="99"/>
       <c r="M10" s="99"/>
       <c r="N10" s="99"/>
       <c r="O10" s="99"/>
       <c r="P10" s="99"/>
       <c r="Q10" s="99"/>
       <c r="R10" s="99"/>
       <c r="S10" s="99"/>
       <c r="T10" s="99"/>
       <c r="U10" s="99"/>
       <c r="V10" s="99"/>
     </row>
     <row r="11" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B11" s="111" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C11" s="110"/>
       <c r="D11" s="110"/>
       <c r="E11" s="110"/>
       <c r="F11" s="110"/>
       <c r="G11" s="110"/>
       <c r="H11" s="110"/>
       <c r="I11" s="110"/>
       <c r="J11" s="99"/>
       <c r="K11" s="99"/>
       <c r="L11" s="99"/>
       <c r="M11" s="99"/>
       <c r="N11" s="99"/>
       <c r="O11" s="99"/>
       <c r="P11" s="99"/>
       <c r="Q11" s="99"/>
       <c r="R11" s="99"/>
       <c r="S11" s="99"/>
       <c r="T11" s="99"/>
       <c r="U11" s="99"/>
       <c r="V11" s="99"/>
     </row>
     <row r="12" spans="2:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="111" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C12" s="112"/>
       <c r="D12" s="110"/>
       <c r="E12" s="110"/>
       <c r="F12" s="110"/>
       <c r="G12" s="110"/>
       <c r="H12" s="110"/>
       <c r="I12" s="110"/>
       <c r="J12" s="99"/>
       <c r="K12" s="99"/>
       <c r="L12" s="99"/>
       <c r="M12" s="99"/>
       <c r="N12" s="99"/>
       <c r="O12" s="99"/>
       <c r="P12" s="99"/>
       <c r="Q12" s="99"/>
       <c r="R12" s="99"/>
       <c r="S12" s="99"/>
       <c r="T12" s="99"/>
       <c r="U12" s="99"/>
       <c r="V12" s="99"/>
     </row>
     <row r="13" spans="2:22" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="109"/>
       <c r="C13" s="110"/>
       <c r="D13" s="110"/>
       <c r="E13" s="110"/>
       <c r="F13" s="110"/>
       <c r="G13" s="110"/>
       <c r="H13" s="110"/>
       <c r="I13" s="110"/>
       <c r="J13" s="99"/>
       <c r="K13" s="99"/>
       <c r="L13" s="99"/>
       <c r="M13" s="99"/>
       <c r="N13" s="99"/>
       <c r="O13" s="99"/>
       <c r="P13" s="99"/>
       <c r="Q13" s="99"/>
       <c r="R13" s="99"/>
       <c r="S13" s="99"/>
       <c r="T13" s="99"/>
       <c r="U13" s="99"/>
       <c r="V13" s="99"/>
     </row>
     <row r="14" spans="2:22" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="270" t="s">
-[...8 lines deleted...]
-      <c r="I14" s="270"/>
+      <c r="B14" s="275" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" s="275"/>
+      <c r="D14" s="275"/>
+      <c r="E14" s="275"/>
+      <c r="F14" s="275"/>
+      <c r="G14" s="275"/>
+      <c r="H14" s="275"/>
+      <c r="I14" s="275"/>
       <c r="J14" s="99"/>
       <c r="K14" s="99"/>
       <c r="L14" s="99"/>
       <c r="M14" s="99"/>
       <c r="N14" s="99"/>
       <c r="O14" s="99"/>
       <c r="P14" s="99"/>
       <c r="Q14" s="99"/>
       <c r="R14" s="99"/>
       <c r="S14" s="99"/>
       <c r="T14" s="99"/>
       <c r="U14" s="99"/>
       <c r="V14" s="99"/>
     </row>
     <row r="15" spans="2:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B15" s="111" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C15" s="112"/>
       <c r="D15" s="110"/>
       <c r="E15" s="110"/>
       <c r="F15" s="110"/>
       <c r="G15" s="110"/>
       <c r="H15" s="110"/>
       <c r="I15" s="110"/>
       <c r="J15" s="99"/>
       <c r="K15" s="99"/>
       <c r="L15" s="99"/>
       <c r="M15" s="99"/>
       <c r="N15" s="99"/>
       <c r="O15" s="99"/>
       <c r="P15" s="99"/>
       <c r="Q15" s="99"/>
       <c r="R15" s="99"/>
       <c r="S15" s="99"/>
       <c r="T15" s="99"/>
       <c r="U15" s="99"/>
       <c r="V15" s="99"/>
     </row>
     <row r="16" spans="2:22" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="109"/>
       <c r="C16" s="110"/>
       <c r="D16" s="110"/>
       <c r="E16" s="110"/>
       <c r="F16" s="110"/>
       <c r="G16" s="110"/>
       <c r="H16" s="110"/>
       <c r="I16" s="110"/>
       <c r="J16" s="99"/>
       <c r="K16" s="99"/>
       <c r="L16" s="99"/>
       <c r="M16" s="99"/>
       <c r="N16" s="99"/>
       <c r="O16" s="99"/>
       <c r="P16" s="99"/>
       <c r="Q16" s="99"/>
       <c r="R16" s="99"/>
       <c r="S16" s="99"/>
       <c r="T16" s="99"/>
       <c r="U16" s="99"/>
       <c r="V16" s="99"/>
     </row>
     <row r="17" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="270" t="s">
-[...8 lines deleted...]
-      <c r="I17" s="270"/>
+      <c r="B17" s="275" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" s="275"/>
+      <c r="D17" s="275"/>
+      <c r="E17" s="275"/>
+      <c r="F17" s="275"/>
+      <c r="G17" s="275"/>
+      <c r="H17" s="275"/>
+      <c r="I17" s="275"/>
       <c r="J17" s="107"/>
       <c r="K17" s="107"/>
       <c r="L17" s="107"/>
       <c r="M17" s="107"/>
       <c r="N17" s="107"/>
       <c r="O17" s="107"/>
       <c r="P17" s="107"/>
       <c r="Q17" s="107"/>
       <c r="R17" s="107"/>
       <c r="S17" s="107"/>
       <c r="T17" s="107"/>
       <c r="U17" s="107"/>
       <c r="V17" s="107"/>
       <c r="W17" s="93"/>
       <c r="X17" s="93"/>
       <c r="Y17" s="93"/>
       <c r="Z17" s="93"/>
     </row>
     <row r="18" spans="2:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="113" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C18" s="114"/>
       <c r="D18" s="114"/>
       <c r="E18" s="114"/>
       <c r="F18" s="114"/>
       <c r="G18" s="114"/>
       <c r="H18" s="114"/>
       <c r="I18" s="114"/>
       <c r="J18" s="107"/>
       <c r="K18" s="107"/>
       <c r="L18" s="107"/>
       <c r="M18" s="107"/>
       <c r="N18" s="107"/>
       <c r="O18" s="107"/>
       <c r="P18" s="107"/>
       <c r="Q18" s="107"/>
       <c r="R18" s="107"/>
       <c r="S18" s="107"/>
       <c r="T18" s="107"/>
       <c r="U18" s="107"/>
       <c r="V18" s="107"/>
       <c r="W18" s="93"/>
       <c r="X18" s="93"/>
       <c r="Y18" s="93"/>
       <c r="Z18" s="93"/>
@@ -6651,510 +6633,510 @@
         <v>74</v>
       </c>
       <c r="C19" s="265"/>
       <c r="D19" s="265"/>
       <c r="E19" s="265"/>
       <c r="F19" s="266"/>
       <c r="G19" s="126"/>
       <c r="H19" s="110"/>
       <c r="I19" s="110"/>
       <c r="J19" s="99"/>
       <c r="K19" s="99"/>
       <c r="L19" s="99"/>
       <c r="M19" s="99"/>
       <c r="N19" s="99"/>
       <c r="O19" s="99"/>
       <c r="P19" s="99"/>
       <c r="Q19" s="99"/>
       <c r="R19" s="99"/>
       <c r="S19" s="99"/>
       <c r="T19" s="99"/>
       <c r="U19" s="99"/>
       <c r="V19" s="99"/>
     </row>
     <row r="20" spans="2:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B20" s="264" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C20" s="265"/>
       <c r="D20" s="265"/>
       <c r="E20" s="265"/>
       <c r="F20" s="266"/>
       <c r="G20" s="126"/>
       <c r="H20" s="110"/>
       <c r="I20" s="110"/>
       <c r="J20" s="99"/>
       <c r="K20" s="99"/>
       <c r="L20" s="99"/>
       <c r="M20" s="99"/>
       <c r="N20" s="99"/>
       <c r="O20" s="99"/>
       <c r="P20" s="99"/>
       <c r="Q20" s="99"/>
       <c r="R20" s="99"/>
       <c r="S20" s="99"/>
       <c r="T20" s="99"/>
       <c r="U20" s="99"/>
       <c r="V20" s="99"/>
     </row>
     <row r="21" spans="2:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B21" s="264" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C21" s="265"/>
       <c r="D21" s="265"/>
       <c r="E21" s="265"/>
       <c r="F21" s="266"/>
       <c r="G21" s="125" t="e">
         <f>SUM(G19/G20)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H21" s="110"/>
       <c r="I21" s="110"/>
       <c r="J21" s="99"/>
       <c r="K21" s="99"/>
       <c r="L21" s="99"/>
       <c r="M21" s="99"/>
       <c r="N21" s="99"/>
       <c r="O21" s="99"/>
       <c r="P21" s="99"/>
       <c r="Q21" s="99"/>
       <c r="R21" s="99"/>
       <c r="S21" s="99"/>
       <c r="T21" s="99"/>
       <c r="U21" s="99"/>
       <c r="V21" s="99"/>
     </row>
     <row r="22" spans="2:26" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="115"/>
       <c r="C22" s="110"/>
       <c r="D22" s="110"/>
       <c r="E22" s="110"/>
       <c r="F22" s="110"/>
       <c r="G22" s="110"/>
       <c r="H22" s="110"/>
       <c r="I22" s="110"/>
       <c r="J22" s="99"/>
       <c r="K22" s="99"/>
       <c r="L22" s="99"/>
       <c r="M22" s="99"/>
       <c r="N22" s="99"/>
       <c r="O22" s="99"/>
       <c r="P22" s="99"/>
       <c r="Q22" s="99"/>
       <c r="R22" s="99"/>
       <c r="S22" s="99"/>
       <c r="T22" s="99"/>
       <c r="U22" s="99"/>
       <c r="V22" s="99"/>
     </row>
     <row r="23" spans="2:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B23" s="116" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C23" s="117"/>
       <c r="D23" s="117"/>
       <c r="E23" s="117"/>
       <c r="F23" s="117"/>
       <c r="G23" s="117"/>
       <c r="H23" s="110"/>
       <c r="I23" s="110"/>
       <c r="J23" s="99"/>
       <c r="K23" s="108"/>
       <c r="L23" s="103"/>
       <c r="M23" s="103"/>
       <c r="N23" s="103"/>
       <c r="O23" s="103"/>
       <c r="P23" s="103"/>
       <c r="Q23" s="103"/>
       <c r="R23" s="103"/>
       <c r="S23" s="103"/>
       <c r="T23" s="103"/>
       <c r="U23" s="103"/>
       <c r="V23" s="103"/>
       <c r="W23" s="95"/>
       <c r="X23" s="95"/>
       <c r="Y23" s="95"/>
     </row>
     <row r="24" spans="2:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="B24" s="267" t="s">
+      <c r="B24" s="281" t="s">
         <v>75</v>
       </c>
-      <c r="C24" s="268"/>
-[...2 lines deleted...]
-      <c r="F24" s="269"/>
+      <c r="C24" s="282"/>
+      <c r="D24" s="282"/>
+      <c r="E24" s="282"/>
+      <c r="F24" s="283"/>
       <c r="G24" s="126"/>
       <c r="H24" s="110"/>
       <c r="I24" s="110"/>
       <c r="J24" s="99"/>
     </row>
     <row r="25" spans="2:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="B25" s="267" t="s">
-[...5 lines deleted...]
-      <c r="F25" s="269"/>
+      <c r="B25" s="281" t="s">
+        <v>93</v>
+      </c>
+      <c r="C25" s="282"/>
+      <c r="D25" s="282"/>
+      <c r="E25" s="282"/>
+      <c r="F25" s="283"/>
       <c r="G25" s="126"/>
       <c r="H25" s="110"/>
       <c r="I25" s="110"/>
       <c r="J25" s="99"/>
     </row>
     <row r="26" spans="2:26" ht="15" x14ac:dyDescent="0.25">
-      <c r="B26" s="267" t="s">
-[...5 lines deleted...]
-      <c r="F26" s="269"/>
+      <c r="B26" s="281" t="s">
+        <v>94</v>
+      </c>
+      <c r="C26" s="282"/>
+      <c r="D26" s="282"/>
+      <c r="E26" s="282"/>
+      <c r="F26" s="283"/>
       <c r="G26" s="125" t="e">
         <f>SUM(G24/G25)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H26" s="110"/>
       <c r="I26" s="110"/>
       <c r="J26" s="99"/>
     </row>
     <row r="27" spans="2:26" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="115"/>
       <c r="C27" s="110"/>
       <c r="D27" s="110"/>
       <c r="E27" s="110"/>
       <c r="F27" s="110"/>
       <c r="G27" s="110"/>
       <c r="H27" s="110"/>
       <c r="I27" s="110"/>
       <c r="J27" s="99"/>
       <c r="K27" s="99"/>
       <c r="L27" s="99"/>
       <c r="M27" s="99"/>
       <c r="N27" s="99"/>
       <c r="O27" s="99"/>
       <c r="P27" s="99"/>
       <c r="Q27" s="99"/>
       <c r="R27" s="99"/>
       <c r="S27" s="99"/>
       <c r="T27" s="99"/>
       <c r="U27" s="99"/>
       <c r="V27" s="99"/>
     </row>
     <row r="28" spans="2:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B28" s="111" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C28" s="109"/>
       <c r="D28" s="109"/>
       <c r="E28" s="109"/>
       <c r="F28" s="109"/>
       <c r="G28" s="109"/>
       <c r="H28" s="110"/>
       <c r="I28" s="110"/>
       <c r="J28" s="99"/>
       <c r="K28" s="99"/>
       <c r="L28" s="99"/>
       <c r="M28" s="99"/>
       <c r="N28" s="99"/>
       <c r="O28" s="99"/>
       <c r="P28" s="99"/>
       <c r="Q28" s="99"/>
       <c r="R28" s="99"/>
       <c r="S28" s="99"/>
       <c r="T28" s="99"/>
       <c r="U28" s="99"/>
       <c r="V28" s="99"/>
     </row>
     <row r="29" spans="2:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B29" s="264" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C29" s="265"/>
       <c r="D29" s="265"/>
       <c r="E29" s="265"/>
       <c r="F29" s="266"/>
       <c r="G29" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H29" s="110"/>
       <c r="I29" s="110"/>
       <c r="J29" s="99"/>
       <c r="K29" s="99"/>
       <c r="L29" s="99"/>
       <c r="M29" s="99"/>
       <c r="N29" s="99"/>
       <c r="O29" s="99"/>
       <c r="P29" s="99"/>
       <c r="Q29" s="99"/>
       <c r="R29" s="99"/>
       <c r="S29" s="99"/>
       <c r="T29" s="99"/>
       <c r="U29" s="99"/>
       <c r="V29" s="99"/>
     </row>
     <row r="30" spans="2:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B30" s="264" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C30" s="265"/>
       <c r="D30" s="265"/>
       <c r="E30" s="265"/>
       <c r="F30" s="266"/>
       <c r="G30" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H30" s="110"/>
       <c r="I30" s="110"/>
       <c r="J30" s="99"/>
       <c r="K30" s="99"/>
       <c r="L30" s="99"/>
       <c r="M30" s="99"/>
       <c r="N30" s="99"/>
       <c r="O30" s="99"/>
       <c r="P30" s="99"/>
       <c r="Q30" s="99"/>
       <c r="R30" s="99"/>
       <c r="S30" s="99"/>
       <c r="T30" s="99"/>
       <c r="U30" s="99"/>
       <c r="V30" s="99"/>
     </row>
     <row r="31" spans="2:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B31" s="264" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C31" s="265"/>
       <c r="D31" s="265"/>
       <c r="E31" s="265"/>
       <c r="F31" s="266"/>
       <c r="G31" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H31" s="110"/>
       <c r="I31" s="110"/>
       <c r="J31" s="99"/>
       <c r="K31" s="99"/>
       <c r="L31" s="99"/>
       <c r="M31" s="99"/>
       <c r="N31" s="99"/>
       <c r="O31" s="99"/>
       <c r="P31" s="99"/>
       <c r="Q31" s="99"/>
       <c r="R31" s="99"/>
       <c r="S31" s="99"/>
       <c r="T31" s="99"/>
       <c r="U31" s="99"/>
       <c r="V31" s="99"/>
     </row>
     <row r="32" spans="2:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B32" s="264" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C32" s="265"/>
       <c r="D32" s="265"/>
       <c r="E32" s="265"/>
       <c r="F32" s="266"/>
       <c r="G32" s="125" t="e">
         <f>SUM(G29/G31)</f>
         <v>#VALUE!</v>
       </c>
       <c r="H32" s="110"/>
       <c r="I32" s="110"/>
       <c r="J32" s="99"/>
       <c r="K32" s="99"/>
       <c r="L32" s="99"/>
       <c r="M32" s="99"/>
       <c r="N32" s="99"/>
       <c r="O32" s="99"/>
       <c r="P32" s="99"/>
       <c r="Q32" s="99"/>
       <c r="R32" s="99"/>
       <c r="S32" s="99"/>
       <c r="T32" s="99"/>
       <c r="U32" s="99"/>
       <c r="V32" s="99"/>
     </row>
     <row r="33" spans="2:22" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="110"/>
       <c r="C33" s="110"/>
       <c r="D33" s="110"/>
       <c r="E33" s="110"/>
       <c r="F33" s="110"/>
       <c r="G33" s="110"/>
       <c r="H33" s="110"/>
       <c r="I33" s="110"/>
       <c r="J33" s="99"/>
       <c r="K33" s="99"/>
       <c r="L33" s="99"/>
       <c r="M33" s="99"/>
       <c r="N33" s="99"/>
       <c r="O33" s="99"/>
       <c r="P33" s="99"/>
       <c r="Q33" s="99"/>
       <c r="R33" s="99"/>
       <c r="S33" s="99"/>
       <c r="T33" s="99"/>
       <c r="U33" s="99"/>
       <c r="V33" s="99"/>
     </row>
     <row r="34" spans="2:22" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="274" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C34" s="274"/>
       <c r="D34" s="274"/>
       <c r="E34" s="274"/>
       <c r="F34" s="274"/>
       <c r="G34" s="274"/>
       <c r="H34" s="274"/>
       <c r="I34" s="274"/>
       <c r="J34" s="106"/>
       <c r="K34" s="106"/>
       <c r="L34" s="99"/>
       <c r="M34" s="99"/>
       <c r="N34" s="99"/>
       <c r="O34" s="99"/>
       <c r="P34" s="99"/>
       <c r="Q34" s="99"/>
       <c r="R34" s="99"/>
       <c r="S34" s="99"/>
       <c r="T34" s="99"/>
       <c r="U34" s="99"/>
       <c r="V34" s="99"/>
     </row>
     <row r="35" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B35" s="264" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="265"/>
       <c r="D35" s="265"/>
       <c r="E35" s="265"/>
       <c r="F35" s="266"/>
       <c r="G35" s="127" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H35" s="110"/>
       <c r="I35" s="110"/>
       <c r="J35" s="99"/>
       <c r="K35" s="99"/>
       <c r="L35" s="99"/>
       <c r="M35" s="99"/>
       <c r="N35" s="99"/>
       <c r="O35" s="99"/>
       <c r="P35" s="99"/>
       <c r="Q35" s="99"/>
       <c r="R35" s="99"/>
       <c r="S35" s="99"/>
       <c r="T35" s="99"/>
       <c r="U35" s="99"/>
       <c r="V35" s="99"/>
     </row>
     <row r="36" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B36" s="264" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="265"/>
       <c r="D36" s="265"/>
       <c r="E36" s="265"/>
       <c r="F36" s="266"/>
       <c r="G36" s="127" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H36" s="110"/>
       <c r="I36" s="110"/>
       <c r="J36" s="99"/>
       <c r="K36" s="99"/>
       <c r="L36" s="99"/>
       <c r="M36" s="99"/>
       <c r="N36" s="99"/>
       <c r="O36" s="99"/>
       <c r="P36" s="99"/>
       <c r="Q36" s="99"/>
       <c r="R36" s="99"/>
       <c r="S36" s="99"/>
       <c r="T36" s="99"/>
       <c r="U36" s="99"/>
       <c r="V36" s="99"/>
     </row>
     <row r="37" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B37" s="264" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="265"/>
       <c r="D37" s="265"/>
       <c r="E37" s="265"/>
       <c r="F37" s="266"/>
       <c r="G37" s="127" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H37" s="110"/>
       <c r="I37" s="110"/>
       <c r="J37" s="99"/>
       <c r="K37" s="99"/>
       <c r="L37" s="99"/>
       <c r="M37" s="99"/>
       <c r="N37" s="99"/>
       <c r="O37" s="99"/>
       <c r="P37" s="99"/>
       <c r="Q37" s="99"/>
       <c r="R37" s="99"/>
       <c r="S37" s="99"/>
       <c r="T37" s="99"/>
       <c r="U37" s="99"/>
       <c r="V37" s="99"/>
     </row>
     <row r="38" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B38" s="264" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C38" s="265"/>
       <c r="D38" s="265"/>
       <c r="E38" s="265"/>
       <c r="F38" s="266"/>
       <c r="G38" s="127" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H38" s="110"/>
       <c r="I38" s="110"/>
       <c r="J38" s="99"/>
       <c r="K38" s="99"/>
       <c r="L38" s="99"/>
       <c r="M38" s="99"/>
       <c r="N38" s="99"/>
       <c r="O38" s="99"/>
       <c r="P38" s="99"/>
       <c r="Q38" s="99"/>
       <c r="R38" s="99"/>
       <c r="S38" s="99"/>
       <c r="T38" s="99"/>
       <c r="U38" s="99"/>
       <c r="V38" s="99"/>
     </row>
     <row r="39" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B39" s="264" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C39" s="265"/>
       <c r="D39" s="265"/>
       <c r="E39" s="265"/>
       <c r="F39" s="266"/>
       <c r="G39" s="124" t="e">
         <f>SUM((G35-G36-G37)/G38)</f>
         <v>#VALUE!</v>
       </c>
       <c r="H39" s="110"/>
       <c r="I39" s="110"/>
       <c r="J39" s="99"/>
       <c r="K39" s="99"/>
       <c r="L39" s="99"/>
       <c r="M39" s="99"/>
       <c r="N39" s="99"/>
       <c r="O39" s="99"/>
       <c r="P39" s="99"/>
       <c r="Q39" s="99"/>
       <c r="R39" s="99"/>
       <c r="S39" s="99"/>
       <c r="T39" s="99"/>
       <c r="U39" s="99"/>
       <c r="V39" s="99"/>
     </row>
@@ -7185,297 +7167,297 @@
       <c r="B41" s="118" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="110"/>
       <c r="D41" s="110"/>
       <c r="E41" s="110"/>
       <c r="F41" s="110"/>
       <c r="G41" s="110"/>
       <c r="H41" s="110"/>
       <c r="I41" s="110"/>
       <c r="J41" s="99"/>
       <c r="K41" s="99"/>
       <c r="L41" s="99"/>
       <c r="M41" s="99"/>
       <c r="N41" s="99"/>
       <c r="O41" s="99"/>
       <c r="P41" s="99"/>
       <c r="Q41" s="99"/>
       <c r="R41" s="99"/>
       <c r="S41" s="99"/>
       <c r="T41" s="99"/>
       <c r="U41" s="99"/>
       <c r="V41" s="99"/>
     </row>
     <row r="42" spans="2:22" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B42" s="280" t="s">
-[...6 lines deleted...]
-      <c r="G42" s="280"/>
+      <c r="B42" s="272" t="s">
+        <v>144</v>
+      </c>
+      <c r="C42" s="272"/>
+      <c r="D42" s="272"/>
+      <c r="E42" s="272"/>
+      <c r="F42" s="272"/>
+      <c r="G42" s="272"/>
       <c r="H42" s="110"/>
       <c r="I42" s="110"/>
       <c r="J42" s="99"/>
       <c r="K42" s="99"/>
       <c r="L42" s="99"/>
       <c r="M42" s="99"/>
       <c r="N42" s="99"/>
       <c r="O42" s="99"/>
       <c r="P42" s="99"/>
       <c r="Q42" s="99"/>
       <c r="R42" s="99"/>
       <c r="S42" s="99"/>
       <c r="T42" s="99"/>
       <c r="U42" s="99"/>
       <c r="V42" s="99"/>
     </row>
     <row r="43" spans="2:22" ht="15" x14ac:dyDescent="0.25">
-      <c r="B43" s="271" t="s">
-[...5 lines deleted...]
-      <c r="F43" s="273"/>
+      <c r="B43" s="269" t="s">
+        <v>108</v>
+      </c>
+      <c r="C43" s="270"/>
+      <c r="D43" s="270"/>
+      <c r="E43" s="270"/>
+      <c r="F43" s="271"/>
       <c r="G43" s="137" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H43" s="110"/>
       <c r="I43" s="110"/>
       <c r="J43" s="99"/>
       <c r="K43" s="99"/>
       <c r="L43" s="99"/>
       <c r="M43" s="99"/>
       <c r="N43" s="99"/>
       <c r="O43" s="99"/>
       <c r="P43" s="99"/>
       <c r="Q43" s="99"/>
       <c r="R43" s="99"/>
       <c r="S43" s="99"/>
       <c r="T43" s="99"/>
       <c r="U43" s="99"/>
       <c r="V43" s="99"/>
     </row>
     <row r="44" spans="2:22" ht="15" x14ac:dyDescent="0.25">
-      <c r="B44" s="271" t="s">
-[...5 lines deleted...]
-      <c r="F44" s="273"/>
+      <c r="B44" s="269" t="s">
+        <v>109</v>
+      </c>
+      <c r="C44" s="270"/>
+      <c r="D44" s="270"/>
+      <c r="E44" s="270"/>
+      <c r="F44" s="271"/>
       <c r="G44" s="137" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H44" s="110"/>
       <c r="I44" s="110"/>
       <c r="J44" s="99"/>
       <c r="K44" s="99"/>
       <c r="L44" s="99"/>
       <c r="M44" s="99"/>
       <c r="N44" s="99"/>
       <c r="O44" s="99"/>
       <c r="P44" s="99"/>
       <c r="Q44" s="99"/>
       <c r="R44" s="99"/>
       <c r="S44" s="99"/>
       <c r="T44" s="99"/>
       <c r="U44" s="99"/>
       <c r="V44" s="99"/>
     </row>
     <row r="45" spans="2:22" ht="15" x14ac:dyDescent="0.25">
-      <c r="B45" s="271" t="s">
-[...5 lines deleted...]
-      <c r="F45" s="273"/>
+      <c r="B45" s="269" t="s">
+        <v>110</v>
+      </c>
+      <c r="C45" s="270"/>
+      <c r="D45" s="270"/>
+      <c r="E45" s="270"/>
+      <c r="F45" s="271"/>
       <c r="G45" s="137" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H45" s="110"/>
       <c r="I45" s="110"/>
       <c r="J45" s="99"/>
       <c r="K45" s="99"/>
       <c r="L45" s="99"/>
       <c r="M45" s="99"/>
       <c r="N45" s="99"/>
       <c r="O45" s="99"/>
       <c r="P45" s="99"/>
       <c r="Q45" s="99"/>
       <c r="R45" s="99"/>
       <c r="S45" s="99"/>
       <c r="T45" s="99"/>
       <c r="U45" s="99"/>
       <c r="V45" s="99"/>
     </row>
     <row r="46" spans="2:22" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B46" s="271" t="s">
-[...5 lines deleted...]
-      <c r="F46" s="273"/>
+      <c r="B46" s="269" t="s">
+        <v>111</v>
+      </c>
+      <c r="C46" s="270"/>
+      <c r="D46" s="270"/>
+      <c r="E46" s="270"/>
+      <c r="F46" s="271"/>
       <c r="G46" s="137" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H46" s="110"/>
       <c r="I46" s="110"/>
       <c r="J46" s="99"/>
       <c r="K46" s="99"/>
       <c r="L46" s="99"/>
       <c r="M46" s="99"/>
       <c r="N46" s="99"/>
       <c r="O46" s="99"/>
       <c r="P46" s="99"/>
       <c r="Q46" s="99"/>
       <c r="R46" s="99"/>
       <c r="S46" s="99"/>
       <c r="T46" s="99"/>
       <c r="U46" s="99"/>
       <c r="V46" s="99"/>
     </row>
     <row r="47" spans="2:22" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B47" s="271" t="s">
-[...5 lines deleted...]
-      <c r="F47" s="273"/>
+      <c r="B47" s="269" t="s">
+        <v>112</v>
+      </c>
+      <c r="C47" s="270"/>
+      <c r="D47" s="270"/>
+      <c r="E47" s="270"/>
+      <c r="F47" s="271"/>
       <c r="G47" s="138" t="e">
         <f>SUM(G43:G45)/G46</f>
         <v>#VALUE!</v>
       </c>
       <c r="H47" s="111" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="I47" s="110"/>
       <c r="J47" s="99"/>
       <c r="K47" s="99"/>
       <c r="L47" s="99"/>
       <c r="M47" s="99"/>
       <c r="N47" s="99"/>
       <c r="O47" s="99"/>
       <c r="P47" s="99"/>
       <c r="Q47" s="99"/>
       <c r="R47" s="99"/>
       <c r="S47" s="99"/>
       <c r="T47" s="99"/>
       <c r="U47" s="99"/>
       <c r="V47" s="99"/>
     </row>
     <row r="48" spans="2:22" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="139"/>
       <c r="C48" s="139"/>
       <c r="D48" s="139"/>
       <c r="E48" s="139"/>
       <c r="F48" s="139"/>
       <c r="G48" s="140"/>
       <c r="H48" s="110"/>
       <c r="I48" s="110"/>
       <c r="J48" s="99"/>
       <c r="K48" s="99"/>
       <c r="L48" s="99"/>
       <c r="M48" s="99"/>
       <c r="N48" s="99"/>
       <c r="O48" s="99"/>
       <c r="P48" s="99"/>
       <c r="Q48" s="99"/>
       <c r="R48" s="99"/>
       <c r="S48" s="99"/>
       <c r="T48" s="99"/>
       <c r="U48" s="99"/>
       <c r="V48" s="99"/>
     </row>
     <row r="49" spans="2:22" ht="28.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="274" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C49" s="274"/>
       <c r="D49" s="274"/>
       <c r="E49" s="274"/>
       <c r="F49" s="274"/>
       <c r="G49" s="274"/>
       <c r="H49" s="274"/>
       <c r="I49" s="274"/>
       <c r="J49" s="99"/>
       <c r="K49" s="99"/>
       <c r="L49" s="99"/>
       <c r="M49" s="99"/>
       <c r="N49" s="99"/>
       <c r="O49" s="99"/>
       <c r="P49" s="99"/>
       <c r="Q49" s="99"/>
       <c r="R49" s="99"/>
       <c r="S49" s="99"/>
       <c r="T49" s="99"/>
       <c r="U49" s="99"/>
       <c r="V49" s="99"/>
     </row>
     <row r="50" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B50" s="264" t="s">
         <v>80</v>
       </c>
       <c r="C50" s="265"/>
       <c r="D50" s="265"/>
       <c r="E50" s="265"/>
       <c r="F50" s="266"/>
       <c r="G50" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H50" s="110"/>
       <c r="I50" s="110"/>
       <c r="J50" s="99"/>
       <c r="K50" s="99"/>
       <c r="L50" s="99"/>
       <c r="M50" s="99"/>
       <c r="N50" s="99"/>
       <c r="O50" s="99"/>
       <c r="P50" s="99"/>
       <c r="Q50" s="99"/>
       <c r="R50" s="99"/>
       <c r="S50" s="99"/>
       <c r="T50" s="99"/>
       <c r="U50" s="99"/>
       <c r="V50" s="99"/>
     </row>
     <row r="51" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B51" s="264" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C51" s="265"/>
       <c r="D51" s="265"/>
       <c r="E51" s="265"/>
       <c r="F51" s="266"/>
       <c r="G51" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H51" s="110"/>
       <c r="I51" s="110"/>
       <c r="J51" s="99"/>
       <c r="K51" s="99"/>
       <c r="L51" s="99"/>
       <c r="M51" s="99"/>
       <c r="N51" s="99"/>
       <c r="O51" s="99"/>
       <c r="P51" s="99"/>
       <c r="Q51" s="99"/>
       <c r="R51" s="99"/>
       <c r="S51" s="99"/>
       <c r="T51" s="99"/>
       <c r="U51" s="99"/>
       <c r="V51" s="99"/>
     </row>
     <row r="52" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B52" s="264" t="s">
         <v>76</v>
       </c>
       <c r="C52" s="265"/>
       <c r="D52" s="265"/>
       <c r="E52" s="265"/>
       <c r="F52" s="266"/>
@@ -7501,111 +7483,111 @@
     </row>
     <row r="53" spans="2:22" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="136"/>
       <c r="C53" s="136"/>
       <c r="D53" s="136"/>
       <c r="E53" s="136"/>
       <c r="F53" s="136"/>
       <c r="G53" s="141"/>
       <c r="H53" s="110"/>
       <c r="I53" s="110"/>
       <c r="J53" s="99"/>
       <c r="K53" s="99"/>
       <c r="L53" s="99"/>
       <c r="M53" s="99"/>
       <c r="N53" s="99"/>
       <c r="O53" s="99"/>
       <c r="P53" s="99"/>
       <c r="Q53" s="99"/>
       <c r="R53" s="99"/>
       <c r="S53" s="99"/>
       <c r="T53" s="99"/>
       <c r="U53" s="99"/>
       <c r="V53" s="99"/>
     </row>
     <row r="54" spans="2:22" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B54" s="281" t="s">
-[...6 lines deleted...]
-      <c r="G54" s="281"/>
+      <c r="B54" s="273" t="s">
+        <v>145</v>
+      </c>
+      <c r="C54" s="273"/>
+      <c r="D54" s="273"/>
+      <c r="E54" s="273"/>
+      <c r="F54" s="273"/>
+      <c r="G54" s="273"/>
       <c r="H54" s="110"/>
       <c r="I54" s="110"/>
       <c r="J54" s="99"/>
       <c r="K54" s="99"/>
       <c r="L54" s="99"/>
       <c r="M54" s="99"/>
       <c r="N54" s="99"/>
       <c r="O54" s="99"/>
       <c r="P54" s="99"/>
       <c r="Q54" s="99"/>
       <c r="R54" s="99"/>
       <c r="S54" s="99"/>
       <c r="T54" s="99"/>
       <c r="U54" s="99"/>
       <c r="V54" s="99"/>
     </row>
     <row r="55" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B55" s="264" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C55" s="265"/>
       <c r="D55" s="265"/>
       <c r="E55" s="265"/>
       <c r="F55" s="266"/>
       <c r="G55" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H55" s="110"/>
       <c r="I55" s="110"/>
       <c r="J55" s="99"/>
       <c r="K55" s="99"/>
       <c r="L55" s="99"/>
       <c r="M55" s="99"/>
       <c r="N55" s="99"/>
       <c r="O55" s="99"/>
       <c r="P55" s="99"/>
       <c r="Q55" s="99"/>
       <c r="R55" s="99"/>
       <c r="S55" s="99"/>
       <c r="T55" s="99"/>
       <c r="U55" s="99"/>
       <c r="V55" s="99"/>
     </row>
     <row r="56" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B56" s="264" t="s">
         <v>82</v>
       </c>
       <c r="C56" s="265"/>
       <c r="D56" s="265"/>
       <c r="E56" s="265"/>
       <c r="F56" s="266"/>
       <c r="G56" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H56" s="110"/>
       <c r="I56" s="110"/>
       <c r="J56" s="99"/>
       <c r="K56" s="99"/>
       <c r="L56" s="99"/>
       <c r="M56" s="99"/>
       <c r="N56" s="99"/>
       <c r="O56" s="99"/>
       <c r="P56" s="99"/>
       <c r="Q56" s="99"/>
       <c r="R56" s="99"/>
       <c r="S56" s="99"/>
       <c r="T56" s="99"/>
       <c r="U56" s="99"/>
       <c r="V56" s="99"/>
     </row>
     <row r="57" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B57" s="264" t="s">
         <v>76</v>
       </c>
       <c r="C57" s="265"/>
       <c r="D57" s="265"/>
       <c r="E57" s="265"/>
       <c r="F57" s="266"/>
@@ -7633,136 +7615,136 @@
       <c r="B58" s="119" t="s">
         <v>60</v>
       </c>
       <c r="C58" s="110"/>
       <c r="D58" s="110"/>
       <c r="E58" s="110"/>
       <c r="F58" s="110"/>
       <c r="G58" s="110"/>
       <c r="H58" s="110"/>
       <c r="I58" s="110"/>
       <c r="J58" s="99"/>
       <c r="K58" s="99"/>
       <c r="L58" s="99"/>
       <c r="M58" s="99"/>
       <c r="N58" s="99"/>
       <c r="O58" s="99"/>
       <c r="P58" s="99"/>
       <c r="Q58" s="99"/>
       <c r="R58" s="99"/>
       <c r="S58" s="99"/>
       <c r="T58" s="99"/>
       <c r="U58" s="99"/>
       <c r="V58" s="99"/>
     </row>
     <row r="59" spans="2:22" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="270" t="s">
-[...8 lines deleted...]
-      <c r="I59" s="270"/>
+      <c r="B59" s="275" t="s">
+        <v>114</v>
+      </c>
+      <c r="C59" s="275"/>
+      <c r="D59" s="275"/>
+      <c r="E59" s="275"/>
+      <c r="F59" s="275"/>
+      <c r="G59" s="275"/>
+      <c r="H59" s="275"/>
+      <c r="I59" s="275"/>
       <c r="J59" s="99"/>
       <c r="K59" s="99"/>
       <c r="L59" s="99"/>
       <c r="M59" s="99"/>
       <c r="N59" s="99"/>
       <c r="O59" s="99"/>
       <c r="P59" s="99"/>
       <c r="Q59" s="99"/>
       <c r="R59" s="99"/>
       <c r="S59" s="99"/>
       <c r="T59" s="99"/>
       <c r="U59" s="99"/>
       <c r="V59" s="99"/>
     </row>
     <row r="60" spans="2:22" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="113" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C60" s="114"/>
       <c r="D60" s="114"/>
       <c r="E60" s="114"/>
       <c r="F60" s="114"/>
       <c r="G60" s="114"/>
       <c r="H60" s="114"/>
       <c r="I60" s="114"/>
       <c r="J60" s="99"/>
       <c r="K60" s="99"/>
       <c r="L60" s="99"/>
       <c r="M60" s="99"/>
       <c r="N60" s="99"/>
       <c r="O60" s="99"/>
       <c r="P60" s="99"/>
       <c r="Q60" s="99"/>
       <c r="R60" s="99"/>
       <c r="S60" s="99"/>
       <c r="T60" s="99"/>
       <c r="U60" s="99"/>
       <c r="V60" s="99"/>
     </row>
     <row r="61" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B61" s="264" t="s">
         <v>81</v>
       </c>
       <c r="C61" s="265"/>
       <c r="D61" s="265"/>
       <c r="E61" s="265"/>
       <c r="F61" s="266"/>
       <c r="G61" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H61" s="110"/>
       <c r="I61" s="110"/>
       <c r="J61" s="99"/>
       <c r="K61" s="99"/>
       <c r="L61" s="99"/>
       <c r="M61" s="99"/>
       <c r="N61" s="99"/>
       <c r="O61" s="99"/>
       <c r="P61" s="99"/>
       <c r="Q61" s="99"/>
       <c r="R61" s="99"/>
       <c r="S61" s="99"/>
       <c r="T61" s="99"/>
       <c r="U61" s="99"/>
       <c r="V61" s="99"/>
     </row>
     <row r="62" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B62" s="264" t="s">
         <v>82</v>
       </c>
       <c r="C62" s="265"/>
       <c r="D62" s="265"/>
       <c r="E62" s="265"/>
       <c r="F62" s="266"/>
       <c r="G62" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H62" s="110"/>
       <c r="I62" s="110"/>
       <c r="J62" s="99"/>
       <c r="K62" s="99"/>
       <c r="L62" s="99"/>
       <c r="M62" s="99"/>
       <c r="N62" s="99"/>
       <c r="O62" s="99"/>
       <c r="P62" s="99"/>
       <c r="Q62" s="99"/>
       <c r="R62" s="99"/>
       <c r="S62" s="99"/>
       <c r="T62" s="99"/>
       <c r="U62" s="99"/>
       <c r="V62" s="99"/>
     </row>
     <row r="63" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B63" s="264" t="s">
         <v>76</v>
       </c>
       <c r="C63" s="265"/>
       <c r="D63" s="265"/>
       <c r="E63" s="265"/>
       <c r="F63" s="266"/>
@@ -7788,1083 +7770,1083 @@
     </row>
     <row r="64" spans="2:22" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B64" s="136"/>
       <c r="C64" s="136"/>
       <c r="D64" s="136"/>
       <c r="E64" s="136"/>
       <c r="F64" s="136"/>
       <c r="G64" s="141"/>
       <c r="H64" s="110"/>
       <c r="I64" s="110"/>
       <c r="J64" s="99"/>
       <c r="K64" s="99"/>
       <c r="L64" s="99"/>
       <c r="M64" s="99"/>
       <c r="N64" s="99"/>
       <c r="O64" s="99"/>
       <c r="P64" s="99"/>
       <c r="Q64" s="99"/>
       <c r="R64" s="99"/>
       <c r="S64" s="99"/>
       <c r="T64" s="99"/>
       <c r="U64" s="99"/>
       <c r="V64" s="99"/>
     </row>
     <row r="65" spans="2:22" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B65" s="275" t="s">
-[...6 lines deleted...]
-      <c r="G65" s="275"/>
+      <c r="B65" s="268" t="s">
+        <v>115</v>
+      </c>
+      <c r="C65" s="268"/>
+      <c r="D65" s="268"/>
+      <c r="E65" s="268"/>
+      <c r="F65" s="268"/>
+      <c r="G65" s="268"/>
       <c r="H65" s="110"/>
       <c r="I65" s="110"/>
       <c r="J65" s="99"/>
       <c r="K65" s="99"/>
       <c r="L65" s="99"/>
       <c r="M65" s="99"/>
       <c r="N65" s="99"/>
       <c r="O65" s="99"/>
       <c r="P65" s="99"/>
       <c r="Q65" s="99"/>
       <c r="R65" s="99"/>
       <c r="S65" s="99"/>
       <c r="T65" s="99"/>
       <c r="U65" s="99"/>
       <c r="V65" s="99"/>
     </row>
     <row r="66" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B66" s="264" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C66" s="265"/>
       <c r="D66" s="265"/>
       <c r="E66" s="265"/>
       <c r="F66" s="266"/>
       <c r="G66" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H66" s="110"/>
       <c r="I66" s="110"/>
       <c r="J66" s="99"/>
       <c r="K66" s="99"/>
       <c r="L66" s="99"/>
       <c r="M66" s="99"/>
       <c r="N66" s="99"/>
       <c r="O66" s="99"/>
       <c r="P66" s="99"/>
       <c r="Q66" s="99"/>
       <c r="R66" s="99"/>
       <c r="S66" s="99"/>
       <c r="T66" s="99"/>
       <c r="U66" s="99"/>
       <c r="V66" s="99"/>
     </row>
     <row r="67" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B67" s="264" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C67" s="265"/>
       <c r="D67" s="265"/>
       <c r="E67" s="265"/>
       <c r="F67" s="266"/>
       <c r="G67" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H67" s="110"/>
       <c r="I67" s="110"/>
       <c r="J67" s="99"/>
       <c r="K67" s="99"/>
       <c r="L67" s="99"/>
       <c r="M67" s="99"/>
       <c r="N67" s="99"/>
       <c r="O67" s="99"/>
       <c r="P67" s="99"/>
       <c r="Q67" s="99"/>
       <c r="R67" s="99"/>
       <c r="S67" s="99"/>
       <c r="T67" s="99"/>
       <c r="U67" s="99"/>
       <c r="V67" s="99"/>
     </row>
     <row r="68" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B68" s="264" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="265"/>
       <c r="D68" s="265"/>
       <c r="E68" s="265"/>
       <c r="F68" s="266"/>
       <c r="G68" s="142" t="e">
         <f>SUM(G66/G67)</f>
         <v>#VALUE!</v>
       </c>
       <c r="H68" s="111" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="I68" s="110"/>
       <c r="J68" s="99"/>
       <c r="K68" s="99"/>
       <c r="L68" s="99"/>
       <c r="M68" s="99"/>
       <c r="N68" s="99"/>
       <c r="O68" s="99"/>
       <c r="P68" s="99"/>
       <c r="Q68" s="99"/>
       <c r="R68" s="99"/>
       <c r="S68" s="99"/>
       <c r="T68" s="99"/>
       <c r="U68" s="99"/>
       <c r="V68" s="99"/>
     </row>
     <row r="69" spans="2:22" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="136"/>
       <c r="C69" s="136"/>
       <c r="D69" s="136"/>
       <c r="E69" s="136"/>
       <c r="F69" s="136"/>
       <c r="G69" s="143"/>
       <c r="H69" s="110"/>
       <c r="I69" s="110"/>
       <c r="J69" s="99"/>
       <c r="K69" s="99"/>
       <c r="L69" s="99"/>
       <c r="M69" s="99"/>
       <c r="N69" s="99"/>
       <c r="O69" s="99"/>
       <c r="P69" s="99"/>
       <c r="Q69" s="99"/>
       <c r="R69" s="99"/>
       <c r="S69" s="99"/>
       <c r="T69" s="99"/>
       <c r="U69" s="99"/>
       <c r="V69" s="99"/>
     </row>
     <row r="70" spans="2:22" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B70" s="275" t="s">
-[...6 lines deleted...]
-      <c r="G70" s="275"/>
+      <c r="B70" s="268" t="s">
+        <v>139</v>
+      </c>
+      <c r="C70" s="268"/>
+      <c r="D70" s="268"/>
+      <c r="E70" s="268"/>
+      <c r="F70" s="268"/>
+      <c r="G70" s="268"/>
       <c r="H70" s="110"/>
       <c r="I70" s="110"/>
       <c r="J70" s="99"/>
       <c r="K70" s="99"/>
       <c r="L70" s="99"/>
       <c r="M70" s="99"/>
       <c r="N70" s="99"/>
       <c r="O70" s="99"/>
       <c r="P70" s="99"/>
       <c r="Q70" s="99"/>
       <c r="R70" s="99"/>
       <c r="S70" s="99"/>
       <c r="T70" s="99"/>
       <c r="U70" s="99"/>
       <c r="V70" s="99"/>
     </row>
     <row r="71" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B71" s="264" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C71" s="265"/>
       <c r="D71" s="265"/>
       <c r="E71" s="265"/>
       <c r="F71" s="266"/>
       <c r="G71" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H71" s="110"/>
       <c r="I71" s="110"/>
       <c r="J71" s="99"/>
       <c r="K71" s="99"/>
       <c r="L71" s="99"/>
       <c r="M71" s="99"/>
       <c r="N71" s="99"/>
       <c r="O71" s="99"/>
       <c r="P71" s="99"/>
       <c r="Q71" s="99"/>
       <c r="R71" s="99"/>
       <c r="S71" s="99"/>
       <c r="T71" s="99"/>
       <c r="U71" s="99"/>
       <c r="V71" s="99"/>
     </row>
     <row r="72" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B72" s="264" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C72" s="265"/>
       <c r="D72" s="265"/>
       <c r="E72" s="265"/>
       <c r="F72" s="266"/>
       <c r="G72" s="126"/>
       <c r="H72" s="110"/>
       <c r="I72" s="110"/>
       <c r="J72" s="99"/>
       <c r="K72" s="99"/>
       <c r="L72" s="99"/>
       <c r="M72" s="99"/>
       <c r="N72" s="99"/>
       <c r="O72" s="99"/>
       <c r="P72" s="99"/>
       <c r="Q72" s="99"/>
       <c r="R72" s="99"/>
       <c r="S72" s="99"/>
       <c r="T72" s="99"/>
       <c r="U72" s="99"/>
       <c r="V72" s="99"/>
     </row>
     <row r="73" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B73" s="264" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C73" s="265"/>
       <c r="D73" s="265"/>
       <c r="E73" s="265"/>
       <c r="F73" s="266"/>
       <c r="G73" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H73" s="110"/>
       <c r="I73" s="110"/>
       <c r="J73" s="99"/>
       <c r="K73" s="99"/>
       <c r="L73" s="99"/>
       <c r="M73" s="99"/>
       <c r="N73" s="99"/>
       <c r="O73" s="99"/>
       <c r="P73" s="99"/>
       <c r="Q73" s="99"/>
       <c r="R73" s="99"/>
       <c r="S73" s="99"/>
       <c r="T73" s="99"/>
       <c r="U73" s="99"/>
       <c r="V73" s="99"/>
     </row>
     <row r="74" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B74" s="264" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C74" s="265"/>
       <c r="D74" s="265"/>
       <c r="E74" s="265"/>
       <c r="F74" s="266"/>
       <c r="G74" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H74" s="110"/>
       <c r="I74" s="110"/>
       <c r="J74" s="99"/>
       <c r="K74" s="99"/>
       <c r="L74" s="99"/>
       <c r="M74" s="99"/>
       <c r="N74" s="99"/>
       <c r="O74" s="99"/>
       <c r="P74" s="99"/>
       <c r="Q74" s="99"/>
       <c r="R74" s="99"/>
       <c r="S74" s="99"/>
       <c r="T74" s="99"/>
       <c r="U74" s="99"/>
       <c r="V74" s="99"/>
     </row>
     <row r="75" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B75" s="264" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C75" s="265"/>
       <c r="D75" s="265"/>
       <c r="E75" s="265"/>
       <c r="F75" s="266"/>
       <c r="G75" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H75" s="110"/>
       <c r="I75" s="110"/>
       <c r="J75" s="99"/>
       <c r="K75" s="99"/>
       <c r="L75" s="99"/>
       <c r="M75" s="99"/>
       <c r="N75" s="99"/>
       <c r="O75" s="99"/>
       <c r="P75" s="99"/>
       <c r="Q75" s="99"/>
       <c r="R75" s="99"/>
       <c r="S75" s="99"/>
       <c r="T75" s="99"/>
       <c r="U75" s="99"/>
       <c r="V75" s="99"/>
     </row>
     <row r="76" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B76" s="264" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C76" s="265"/>
       <c r="D76" s="265"/>
       <c r="E76" s="265"/>
       <c r="F76" s="266"/>
       <c r="G76" s="126"/>
       <c r="H76" s="110"/>
       <c r="I76" s="110"/>
       <c r="J76" s="99"/>
       <c r="K76" s="99"/>
       <c r="L76" s="99"/>
       <c r="M76" s="99"/>
       <c r="N76" s="99"/>
       <c r="O76" s="99"/>
       <c r="P76" s="99"/>
       <c r="Q76" s="99"/>
       <c r="R76" s="99"/>
       <c r="S76" s="99"/>
       <c r="T76" s="99"/>
       <c r="U76" s="99"/>
       <c r="V76" s="99"/>
     </row>
     <row r="77" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B77" s="264" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C77" s="265"/>
       <c r="D77" s="265"/>
       <c r="E77" s="265"/>
       <c r="F77" s="266"/>
       <c r="G77" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H77" s="110"/>
       <c r="I77" s="110"/>
       <c r="J77" s="99"/>
       <c r="K77" s="99"/>
       <c r="L77" s="99"/>
       <c r="M77" s="99"/>
       <c r="N77" s="99"/>
       <c r="O77" s="99"/>
       <c r="P77" s="99"/>
       <c r="Q77" s="99"/>
       <c r="R77" s="99"/>
       <c r="S77" s="99"/>
       <c r="T77" s="99"/>
       <c r="U77" s="99"/>
       <c r="V77" s="99"/>
     </row>
     <row r="78" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B78" s="264" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C78" s="265"/>
       <c r="D78" s="265"/>
       <c r="E78" s="265"/>
       <c r="F78" s="266"/>
       <c r="G78" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H78" s="110"/>
       <c r="I78" s="110"/>
       <c r="J78" s="99"/>
       <c r="K78" s="99"/>
       <c r="L78" s="99"/>
       <c r="M78" s="99"/>
       <c r="N78" s="99"/>
       <c r="O78" s="99"/>
       <c r="P78" s="99"/>
       <c r="Q78" s="99"/>
       <c r="R78" s="99"/>
       <c r="S78" s="99"/>
       <c r="T78" s="99"/>
       <c r="U78" s="99"/>
       <c r="V78" s="99"/>
     </row>
     <row r="79" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B79" s="264" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C79" s="265"/>
       <c r="D79" s="265"/>
       <c r="E79" s="265"/>
       <c r="F79" s="266"/>
       <c r="G79" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H79" s="110"/>
       <c r="I79" s="110"/>
       <c r="J79" s="99"/>
       <c r="K79" s="99"/>
       <c r="L79" s="99"/>
       <c r="M79" s="99"/>
       <c r="N79" s="99"/>
       <c r="O79" s="99"/>
       <c r="P79" s="99"/>
       <c r="Q79" s="99"/>
       <c r="R79" s="99"/>
       <c r="S79" s="99"/>
       <c r="T79" s="99"/>
       <c r="U79" s="99"/>
       <c r="V79" s="99"/>
     </row>
     <row r="80" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B80" s="264" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C80" s="265"/>
       <c r="D80" s="265"/>
       <c r="E80" s="265"/>
       <c r="F80" s="266"/>
       <c r="G80" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H80" s="110"/>
       <c r="I80" s="110"/>
       <c r="J80" s="99"/>
       <c r="K80" s="99"/>
       <c r="L80" s="99"/>
       <c r="M80" s="99"/>
       <c r="N80" s="99"/>
       <c r="O80" s="99"/>
       <c r="P80" s="99"/>
       <c r="Q80" s="99"/>
       <c r="R80" s="99"/>
       <c r="S80" s="99"/>
       <c r="T80" s="99"/>
       <c r="U80" s="99"/>
       <c r="V80" s="99"/>
     </row>
     <row r="81" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B81" s="264" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C81" s="265"/>
       <c r="D81" s="265"/>
       <c r="E81" s="265"/>
       <c r="F81" s="266"/>
       <c r="G81" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H81" s="110"/>
       <c r="I81" s="110"/>
       <c r="J81" s="99"/>
       <c r="K81" s="99"/>
       <c r="L81" s="99"/>
       <c r="M81" s="99"/>
       <c r="N81" s="99"/>
       <c r="O81" s="99"/>
       <c r="P81" s="99"/>
       <c r="Q81" s="99"/>
       <c r="R81" s="99"/>
       <c r="S81" s="99"/>
       <c r="T81" s="99"/>
       <c r="U81" s="99"/>
       <c r="V81" s="99"/>
     </row>
     <row r="82" spans="2:22" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="264" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C82" s="265"/>
       <c r="D82" s="265"/>
       <c r="E82" s="265"/>
       <c r="F82" s="266"/>
       <c r="G82" s="126">
         <f>SUM(G71:G81)</f>
         <v>0</v>
       </c>
       <c r="H82" s="110"/>
       <c r="I82" s="110"/>
       <c r="J82" s="99"/>
       <c r="K82" s="99"/>
       <c r="L82" s="99"/>
       <c r="M82" s="99"/>
       <c r="N82" s="99"/>
       <c r="O82" s="99"/>
       <c r="P82" s="99"/>
       <c r="Q82" s="99"/>
       <c r="R82" s="99"/>
       <c r="S82" s="99"/>
       <c r="T82" s="99"/>
       <c r="U82" s="99"/>
       <c r="V82" s="99"/>
     </row>
     <row r="83" spans="2:22" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B83" s="264" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C83" s="265"/>
       <c r="D83" s="265"/>
       <c r="E83" s="265"/>
       <c r="F83" s="266"/>
       <c r="G83" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H83" s="110"/>
       <c r="I83" s="110"/>
       <c r="J83" s="99"/>
       <c r="K83" s="99"/>
       <c r="L83" s="99"/>
       <c r="M83" s="99"/>
       <c r="N83" s="99"/>
       <c r="O83" s="99"/>
       <c r="P83" s="99"/>
       <c r="Q83" s="99"/>
       <c r="R83" s="99"/>
       <c r="S83" s="99"/>
       <c r="T83" s="99"/>
       <c r="U83" s="99"/>
       <c r="V83" s="99"/>
     </row>
     <row r="84" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B84" s="264" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C84" s="265"/>
       <c r="D84" s="265"/>
       <c r="E84" s="265"/>
       <c r="F84" s="266"/>
       <c r="G84" s="144" t="e">
         <f>SUM(G82/G83)</f>
         <v>#VALUE!</v>
       </c>
       <c r="H84" s="111" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="I84" s="110"/>
       <c r="J84" s="99"/>
       <c r="K84" s="99"/>
       <c r="L84" s="99"/>
       <c r="M84" s="99"/>
       <c r="N84" s="99"/>
       <c r="O84" s="99"/>
       <c r="P84" s="99"/>
       <c r="Q84" s="99"/>
       <c r="R84" s="99"/>
       <c r="S84" s="99"/>
       <c r="T84" s="99"/>
       <c r="U84" s="99"/>
       <c r="V84" s="99"/>
     </row>
     <row r="85" spans="2:22" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B85" s="136"/>
       <c r="C85" s="136"/>
       <c r="D85" s="136"/>
       <c r="E85" s="136"/>
       <c r="F85" s="136"/>
       <c r="G85" s="143"/>
       <c r="H85" s="110"/>
       <c r="I85" s="110"/>
       <c r="J85" s="99"/>
       <c r="K85" s="99"/>
       <c r="L85" s="99"/>
       <c r="M85" s="99"/>
       <c r="N85" s="99"/>
       <c r="O85" s="99"/>
       <c r="P85" s="99"/>
       <c r="Q85" s="99"/>
       <c r="R85" s="99"/>
       <c r="S85" s="99"/>
       <c r="T85" s="99"/>
       <c r="U85" s="99"/>
       <c r="V85" s="99"/>
     </row>
     <row r="86" spans="2:22" ht="15" x14ac:dyDescent="0.2">
       <c r="B86" s="274" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C86" s="274"/>
       <c r="D86" s="274"/>
       <c r="E86" s="274"/>
       <c r="F86" s="274"/>
       <c r="G86" s="274"/>
       <c r="H86" s="274"/>
       <c r="I86" s="274"/>
       <c r="J86" s="99"/>
       <c r="K86" s="99"/>
       <c r="L86" s="99"/>
       <c r="M86" s="99"/>
       <c r="N86" s="99"/>
       <c r="O86" s="99"/>
       <c r="P86" s="99"/>
       <c r="Q86" s="99"/>
       <c r="R86" s="99"/>
       <c r="S86" s="99"/>
       <c r="T86" s="99"/>
       <c r="U86" s="99"/>
       <c r="V86" s="99"/>
     </row>
     <row r="87" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B87" s="264" t="s">
         <v>62</v>
       </c>
       <c r="C87" s="265"/>
       <c r="D87" s="265"/>
       <c r="E87" s="265"/>
       <c r="F87" s="266"/>
       <c r="G87" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H87" s="110"/>
       <c r="I87" s="110"/>
       <c r="J87" s="99"/>
       <c r="K87" s="99"/>
       <c r="L87" s="99"/>
       <c r="M87" s="99"/>
       <c r="N87" s="99"/>
       <c r="O87" s="99"/>
       <c r="P87" s="99"/>
       <c r="Q87" s="99"/>
       <c r="R87" s="99"/>
       <c r="S87" s="99"/>
       <c r="T87" s="99"/>
       <c r="U87" s="99"/>
       <c r="V87" s="99"/>
     </row>
     <row r="88" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B88" s="264" t="s">
         <v>63</v>
       </c>
       <c r="C88" s="265"/>
       <c r="D88" s="265"/>
       <c r="E88" s="265"/>
       <c r="F88" s="266"/>
       <c r="G88" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H88" s="110"/>
       <c r="I88" s="110"/>
       <c r="J88" s="99"/>
       <c r="K88" s="99"/>
       <c r="L88" s="99"/>
       <c r="M88" s="99"/>
       <c r="N88" s="99"/>
       <c r="O88" s="99"/>
       <c r="P88" s="99"/>
       <c r="Q88" s="99"/>
       <c r="R88" s="99"/>
       <c r="S88" s="99"/>
       <c r="T88" s="99"/>
       <c r="U88" s="99"/>
       <c r="V88" s="99"/>
     </row>
     <row r="89" spans="2:22" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B89" s="264" t="s">
         <v>64</v>
       </c>
       <c r="C89" s="265"/>
       <c r="D89" s="265"/>
       <c r="E89" s="265"/>
       <c r="F89" s="266"/>
       <c r="G89" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H89" s="110"/>
       <c r="I89" s="110"/>
       <c r="J89" s="99"/>
       <c r="K89" s="99"/>
       <c r="L89" s="99"/>
       <c r="M89" s="99"/>
       <c r="N89" s="99"/>
       <c r="O89" s="99"/>
       <c r="P89" s="99"/>
       <c r="Q89" s="99"/>
       <c r="R89" s="99"/>
       <c r="S89" s="99"/>
       <c r="T89" s="99"/>
       <c r="U89" s="99"/>
       <c r="V89" s="99"/>
     </row>
     <row r="90" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B90" s="264" t="s">
         <v>65</v>
       </c>
       <c r="C90" s="265"/>
       <c r="D90" s="265"/>
       <c r="E90" s="265"/>
       <c r="F90" s="266"/>
       <c r="G90" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H90" s="110"/>
       <c r="I90" s="110"/>
       <c r="J90" s="99"/>
       <c r="K90" s="99"/>
       <c r="L90" s="99"/>
       <c r="M90" s="99"/>
       <c r="N90" s="99"/>
       <c r="O90" s="99"/>
       <c r="P90" s="99"/>
       <c r="Q90" s="99"/>
       <c r="R90" s="99"/>
       <c r="S90" s="99"/>
       <c r="T90" s="99"/>
       <c r="U90" s="99"/>
       <c r="V90" s="99"/>
     </row>
     <row r="91" spans="2:22" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B91" s="264" t="s">
         <v>66</v>
       </c>
       <c r="C91" s="265"/>
       <c r="D91" s="265"/>
       <c r="E91" s="265"/>
       <c r="F91" s="266"/>
       <c r="G91" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H91" s="110"/>
       <c r="I91" s="110"/>
       <c r="J91" s="99"/>
       <c r="K91" s="99"/>
       <c r="L91" s="99"/>
       <c r="M91" s="99"/>
       <c r="N91" s="99"/>
       <c r="O91" s="99"/>
       <c r="P91" s="99"/>
       <c r="Q91" s="99"/>
       <c r="R91" s="99"/>
       <c r="S91" s="99"/>
       <c r="T91" s="99"/>
       <c r="U91" s="99"/>
       <c r="V91" s="99"/>
     </row>
     <row r="92" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B92" s="264" t="s">
         <v>67</v>
       </c>
       <c r="C92" s="265"/>
       <c r="D92" s="265"/>
       <c r="E92" s="265"/>
       <c r="F92" s="266"/>
       <c r="G92" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H92" s="110"/>
       <c r="I92" s="110"/>
       <c r="J92" s="99"/>
       <c r="K92" s="99"/>
       <c r="L92" s="99"/>
       <c r="M92" s="99"/>
       <c r="N92" s="99"/>
       <c r="O92" s="99"/>
       <c r="P92" s="99"/>
       <c r="Q92" s="99"/>
       <c r="R92" s="99"/>
       <c r="S92" s="99"/>
       <c r="T92" s="99"/>
       <c r="U92" s="99"/>
       <c r="V92" s="99"/>
     </row>
     <row r="93" spans="2:22" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B93" s="264" t="s">
         <v>68</v>
       </c>
       <c r="C93" s="265"/>
       <c r="D93" s="265"/>
       <c r="E93" s="265"/>
       <c r="F93" s="266"/>
       <c r="G93" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H93" s="110"/>
       <c r="I93" s="110"/>
       <c r="J93" s="99"/>
       <c r="K93" s="99"/>
       <c r="L93" s="99"/>
       <c r="M93" s="99"/>
       <c r="N93" s="99"/>
       <c r="O93" s="99"/>
       <c r="P93" s="99"/>
       <c r="Q93" s="99"/>
       <c r="R93" s="99"/>
       <c r="S93" s="99"/>
       <c r="T93" s="99"/>
       <c r="U93" s="99"/>
       <c r="V93" s="99"/>
     </row>
     <row r="94" spans="2:22" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B94" s="264" t="s">
         <v>69</v>
       </c>
       <c r="C94" s="265"/>
       <c r="D94" s="265"/>
       <c r="E94" s="265"/>
       <c r="F94" s="266"/>
       <c r="G94" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H94" s="110"/>
       <c r="I94" s="110"/>
       <c r="J94" s="99"/>
       <c r="K94" s="99"/>
       <c r="L94" s="99"/>
       <c r="M94" s="99"/>
       <c r="N94" s="99"/>
       <c r="O94" s="99"/>
       <c r="P94" s="99"/>
       <c r="Q94" s="99"/>
       <c r="R94" s="99"/>
       <c r="S94" s="99"/>
       <c r="T94" s="99"/>
       <c r="U94" s="99"/>
       <c r="V94" s="99"/>
     </row>
     <row r="95" spans="2:22" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B95" s="264" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C95" s="265"/>
       <c r="D95" s="265"/>
       <c r="E95" s="265"/>
       <c r="F95" s="266"/>
       <c r="G95" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H95" s="110"/>
       <c r="I95" s="110"/>
       <c r="J95" s="99"/>
       <c r="K95" s="99"/>
       <c r="L95" s="99"/>
       <c r="M95" s="99"/>
       <c r="N95" s="99"/>
       <c r="O95" s="99"/>
       <c r="P95" s="99"/>
       <c r="Q95" s="99"/>
       <c r="R95" s="99"/>
       <c r="S95" s="99"/>
       <c r="T95" s="99"/>
       <c r="U95" s="99"/>
       <c r="V95" s="99"/>
     </row>
     <row r="96" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B96" s="264" t="s">
         <v>70</v>
       </c>
       <c r="C96" s="265"/>
       <c r="D96" s="265"/>
       <c r="E96" s="265"/>
       <c r="F96" s="266"/>
       <c r="G96" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H96" s="110"/>
       <c r="I96" s="110"/>
       <c r="J96" s="99"/>
       <c r="K96" s="99"/>
       <c r="L96" s="99"/>
       <c r="M96" s="99"/>
       <c r="N96" s="99"/>
       <c r="O96" s="99"/>
       <c r="P96" s="99"/>
       <c r="Q96" s="99"/>
       <c r="R96" s="99"/>
       <c r="S96" s="99"/>
       <c r="T96" s="99"/>
       <c r="U96" s="99"/>
       <c r="V96" s="99"/>
     </row>
     <row r="97" spans="2:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B97" s="120"/>
       <c r="C97" s="110"/>
       <c r="D97" s="110"/>
       <c r="E97" s="110"/>
       <c r="F97" s="110"/>
       <c r="G97" s="110"/>
       <c r="H97" s="110"/>
       <c r="I97" s="110"/>
       <c r="J97" s="99"/>
       <c r="K97" s="99"/>
       <c r="L97" s="99"/>
       <c r="M97" s="99"/>
       <c r="N97" s="99"/>
       <c r="O97" s="99"/>
       <c r="P97" s="99"/>
       <c r="Q97" s="99"/>
       <c r="R97" s="99"/>
       <c r="S97" s="99"/>
       <c r="T97" s="99"/>
       <c r="U97" s="99"/>
       <c r="V97" s="99"/>
     </row>
     <row r="98" spans="2:22" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B98" s="270" t="s">
+      <c r="B98" s="275" t="s">
         <v>83</v>
       </c>
-      <c r="C98" s="270"/>
-[...5 lines deleted...]
-      <c r="I98" s="270"/>
+      <c r="C98" s="275"/>
+      <c r="D98" s="275"/>
+      <c r="E98" s="275"/>
+      <c r="F98" s="275"/>
+      <c r="G98" s="275"/>
+      <c r="H98" s="275"/>
+      <c r="I98" s="275"/>
       <c r="J98" s="99"/>
       <c r="K98" s="99"/>
       <c r="L98" s="99"/>
       <c r="M98" s="99"/>
       <c r="N98" s="99"/>
       <c r="O98" s="99"/>
       <c r="P98" s="99"/>
       <c r="Q98" s="99"/>
       <c r="R98" s="99"/>
       <c r="S98" s="99"/>
       <c r="T98" s="99"/>
       <c r="U98" s="99"/>
       <c r="V98" s="99"/>
     </row>
     <row r="99" spans="2:22" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B99" s="109"/>
       <c r="C99" s="110"/>
       <c r="D99" s="110"/>
       <c r="E99" s="110"/>
       <c r="F99" s="110"/>
       <c r="G99" s="110"/>
       <c r="H99" s="110"/>
       <c r="I99" s="110"/>
       <c r="J99" s="99"/>
       <c r="K99" s="99"/>
       <c r="L99" s="99"/>
       <c r="M99" s="99"/>
       <c r="N99" s="99"/>
       <c r="O99" s="99"/>
       <c r="P99" s="99"/>
       <c r="Q99" s="99"/>
       <c r="R99" s="99"/>
       <c r="S99" s="99"/>
       <c r="T99" s="99"/>
       <c r="U99" s="99"/>
       <c r="V99" s="99"/>
     </row>
     <row r="100" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B100" s="121" t="s">
-        <v>88</v>
-[...9 lines deleted...]
-      <c r="I100" s="276"/>
+        <v>87</v>
+      </c>
+      <c r="C100" s="267" t="s">
+        <v>99</v>
+      </c>
+      <c r="D100" s="278"/>
+      <c r="E100" s="278"/>
+      <c r="F100" s="278"/>
+      <c r="G100" s="278"/>
+      <c r="H100" s="278"/>
+      <c r="I100" s="278"/>
       <c r="J100" s="99"/>
       <c r="K100" s="99"/>
       <c r="L100" s="99"/>
       <c r="M100" s="99"/>
       <c r="N100" s="99"/>
       <c r="O100" s="99"/>
       <c r="P100" s="99"/>
       <c r="Q100" s="99"/>
       <c r="R100" s="99"/>
       <c r="S100" s="99"/>
       <c r="T100" s="99"/>
       <c r="U100" s="99"/>
       <c r="V100" s="99"/>
     </row>
     <row r="101" spans="2:22" ht="25.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B101" s="121" t="s">
         <v>71</v>
       </c>
-      <c r="C101" s="282"/>
-[...3 lines deleted...]
-      <c r="G101" s="282"/>
+      <c r="C101" s="279"/>
+      <c r="D101" s="279"/>
+      <c r="E101" s="279"/>
+      <c r="F101" s="279"/>
+      <c r="G101" s="279"/>
       <c r="H101" s="122"/>
       <c r="I101" s="122"/>
       <c r="J101" s="99"/>
       <c r="K101" s="99"/>
       <c r="L101" s="99"/>
       <c r="M101" s="99"/>
       <c r="N101" s="99"/>
       <c r="O101" s="99"/>
       <c r="P101" s="99"/>
       <c r="Q101" s="99"/>
       <c r="R101" s="99"/>
       <c r="S101" s="99"/>
       <c r="T101" s="99"/>
       <c r="U101" s="99"/>
       <c r="V101" s="99"/>
     </row>
     <row r="102" spans="2:22" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B102" s="121" t="s">
         <v>72</v>
       </c>
-      <c r="C102" s="283"/>
-[...3 lines deleted...]
-      <c r="G102" s="283"/>
+      <c r="C102" s="280"/>
+      <c r="D102" s="280"/>
+      <c r="E102" s="280"/>
+      <c r="F102" s="280"/>
+      <c r="G102" s="280"/>
       <c r="H102" s="122"/>
       <c r="I102" s="122"/>
       <c r="J102" s="99"/>
       <c r="K102" s="99"/>
       <c r="L102" s="99"/>
       <c r="M102" s="99"/>
       <c r="N102" s="99"/>
       <c r="O102" s="99"/>
       <c r="P102" s="99"/>
       <c r="Q102" s="99"/>
       <c r="R102" s="99"/>
       <c r="S102" s="99"/>
       <c r="T102" s="99"/>
       <c r="U102" s="99"/>
       <c r="V102" s="99"/>
     </row>
     <row r="103" spans="2:22" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B103" s="121" t="s">
         <v>4</v>
       </c>
-      <c r="C103" s="276"/>
-[...3 lines deleted...]
-      <c r="G103" s="276"/>
+      <c r="C103" s="278"/>
+      <c r="D103" s="278"/>
+      <c r="E103" s="278"/>
+      <c r="F103" s="278"/>
+      <c r="G103" s="278"/>
       <c r="H103" s="122"/>
       <c r="I103" s="122"/>
       <c r="J103" s="99"/>
       <c r="K103" s="99"/>
       <c r="L103" s="99"/>
       <c r="M103" s="99"/>
       <c r="N103" s="99"/>
       <c r="O103" s="99"/>
       <c r="P103" s="99"/>
       <c r="Q103" s="99"/>
       <c r="R103" s="99"/>
       <c r="S103" s="99"/>
       <c r="T103" s="99"/>
       <c r="U103" s="99"/>
       <c r="V103" s="99"/>
     </row>
     <row r="104" spans="2:22" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B104" s="121" t="s">
         <v>5</v>
       </c>
-      <c r="C104" s="277"/>
-[...2 lines deleted...]
-      <c r="F104" s="278"/>
+      <c r="C104" s="276"/>
+      <c r="D104" s="277"/>
+      <c r="E104" s="277"/>
+      <c r="F104" s="277"/>
       <c r="G104" s="122"/>
       <c r="H104" s="122"/>
       <c r="I104" s="122"/>
       <c r="J104" s="99"/>
       <c r="K104" s="99"/>
       <c r="L104" s="99"/>
       <c r="M104" s="99"/>
       <c r="N104" s="99"/>
       <c r="O104" s="99"/>
       <c r="P104" s="99"/>
       <c r="Q104" s="99"/>
       <c r="R104" s="99"/>
       <c r="S104" s="99"/>
       <c r="T104" s="99"/>
       <c r="U104" s="99"/>
       <c r="V104" s="99"/>
     </row>
     <row r="105" spans="2:22" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B105" s="128"/>
       <c r="C105" s="129"/>
       <c r="D105" s="130"/>
       <c r="E105" s="130"/>
       <c r="F105" s="130"/>
       <c r="G105" s="122"/>
       <c r="H105" s="122"/>
@@ -8886,192 +8868,193 @@
     <row r="106" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B106" s="104"/>
       <c r="C106" s="104"/>
       <c r="D106" s="104"/>
       <c r="E106" s="104"/>
       <c r="F106" s="104"/>
       <c r="G106" s="104"/>
       <c r="H106" s="104"/>
       <c r="I106" s="104"/>
       <c r="J106" s="99"/>
       <c r="K106" s="99"/>
       <c r="L106" s="99"/>
       <c r="M106" s="99"/>
       <c r="N106" s="99"/>
       <c r="O106" s="99"/>
       <c r="P106" s="99"/>
       <c r="Q106" s="99"/>
       <c r="R106" s="99"/>
       <c r="S106" s="99"/>
       <c r="T106" s="99"/>
       <c r="U106" s="99"/>
       <c r="V106" s="99"/>
     </row>
     <row r="107" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B107" s="131" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C107" s="133"/>
       <c r="D107" s="133"/>
       <c r="E107" s="133"/>
       <c r="F107" s="133"/>
       <c r="G107" s="133"/>
       <c r="H107" s="133"/>
       <c r="I107" s="132"/>
       <c r="J107" s="132"/>
       <c r="K107" s="132"/>
       <c r="L107" s="132"/>
       <c r="M107" s="132"/>
       <c r="N107" s="95"/>
       <c r="O107" s="95"/>
       <c r="P107" s="95"/>
       <c r="Q107" s="99"/>
       <c r="R107" s="99"/>
       <c r="S107" s="99"/>
       <c r="T107" s="99"/>
       <c r="U107" s="99"/>
       <c r="V107" s="99"/>
     </row>
     <row r="108" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B108" s="133" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C108" s="133"/>
       <c r="D108" s="133"/>
       <c r="E108" s="133"/>
       <c r="F108" s="133"/>
       <c r="G108" s="133"/>
       <c r="H108" s="133"/>
       <c r="I108" s="132"/>
       <c r="J108" s="132"/>
       <c r="K108" s="132"/>
       <c r="L108" s="132"/>
       <c r="M108" s="132"/>
       <c r="N108" s="95"/>
       <c r="O108" s="95"/>
       <c r="P108" s="95"/>
     </row>
     <row r="109" spans="2:22" ht="15" x14ac:dyDescent="0.25">
       <c r="B109" s="133" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C109" s="135"/>
       <c r="D109" s="135"/>
       <c r="E109" s="135"/>
       <c r="F109" s="135"/>
       <c r="G109" s="135"/>
       <c r="H109" s="135"/>
       <c r="I109" s="134"/>
       <c r="J109" s="134"/>
       <c r="K109" s="134"/>
       <c r="L109" s="134"/>
       <c r="M109" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="74">
+    <mergeCell ref="B20:F20"/>
+    <mergeCell ref="B21:F21"/>
+    <mergeCell ref="B24:F24"/>
+    <mergeCell ref="B25:F25"/>
+    <mergeCell ref="B7:I7"/>
+    <mergeCell ref="B8:I8"/>
+    <mergeCell ref="B14:I14"/>
+    <mergeCell ref="B17:I17"/>
+    <mergeCell ref="B19:F19"/>
+    <mergeCell ref="B45:F45"/>
+    <mergeCell ref="B46:F46"/>
+    <mergeCell ref="B26:F26"/>
+    <mergeCell ref="B29:F29"/>
+    <mergeCell ref="B31:F31"/>
+    <mergeCell ref="B32:F32"/>
+    <mergeCell ref="B34:I34"/>
+    <mergeCell ref="B35:F35"/>
+    <mergeCell ref="B36:F36"/>
+    <mergeCell ref="B37:F37"/>
+    <mergeCell ref="B38:F38"/>
+    <mergeCell ref="B39:F39"/>
+    <mergeCell ref="B96:F96"/>
+    <mergeCell ref="B63:F63"/>
+    <mergeCell ref="B86:I86"/>
+    <mergeCell ref="B87:F87"/>
+    <mergeCell ref="B88:F88"/>
+    <mergeCell ref="B89:F89"/>
+    <mergeCell ref="B90:F90"/>
+    <mergeCell ref="B91:F91"/>
+    <mergeCell ref="B92:F92"/>
+    <mergeCell ref="B93:F93"/>
+    <mergeCell ref="B94:F94"/>
+    <mergeCell ref="B95:F95"/>
+    <mergeCell ref="B70:G70"/>
+    <mergeCell ref="B71:F71"/>
+    <mergeCell ref="B72:F72"/>
+    <mergeCell ref="B73:F73"/>
+    <mergeCell ref="C104:F104"/>
+    <mergeCell ref="B98:I98"/>
+    <mergeCell ref="C100:I100"/>
+    <mergeCell ref="C101:G101"/>
+    <mergeCell ref="C102:G103"/>
+    <mergeCell ref="B67:F67"/>
+    <mergeCell ref="B68:F68"/>
+    <mergeCell ref="B47:F47"/>
+    <mergeCell ref="B42:G42"/>
+    <mergeCell ref="B54:G54"/>
+    <mergeCell ref="B55:F55"/>
+    <mergeCell ref="B56:F56"/>
+    <mergeCell ref="B62:F62"/>
+    <mergeCell ref="B49:I49"/>
+    <mergeCell ref="B50:F50"/>
+    <mergeCell ref="B51:F51"/>
+    <mergeCell ref="B52:F52"/>
+    <mergeCell ref="B59:I59"/>
+    <mergeCell ref="B61:F61"/>
+    <mergeCell ref="B43:F43"/>
+    <mergeCell ref="B44:F44"/>
     <mergeCell ref="B84:F84"/>
     <mergeCell ref="C5:G5"/>
     <mergeCell ref="B30:F30"/>
     <mergeCell ref="B79:F79"/>
     <mergeCell ref="B82:F82"/>
     <mergeCell ref="B83:F83"/>
     <mergeCell ref="B80:F80"/>
     <mergeCell ref="B81:F81"/>
     <mergeCell ref="B74:F74"/>
     <mergeCell ref="B75:F75"/>
     <mergeCell ref="B76:F76"/>
     <mergeCell ref="B77:F77"/>
     <mergeCell ref="B78:F78"/>
     <mergeCell ref="B57:F57"/>
     <mergeCell ref="B65:G65"/>
     <mergeCell ref="B66:F66"/>
-    <mergeCell ref="B67:F67"/>
-[...56 lines deleted...]
-    <mergeCell ref="B19:F19"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="92" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <sheetPr codeName="Sheet5"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>