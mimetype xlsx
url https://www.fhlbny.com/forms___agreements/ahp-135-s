--- v0 (2025-10-17)
+++ v1 (2026-03-18)
@@ -11,61 +11,61 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Marketing Dept\1_Marketing Materials\Housing &amp; CLP\2024\form updates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\AHP2026A\Application Materials\To be submitted to Marketing\With spanish translation disclaimer\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{704DAB5F-B864-40E4-BA95-C6D678661080}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A814C668-9B34-4F2E-B791-D03F8F9FEC85}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="CF1D" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="30960" windowHeight="16800" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="5" r:id="rId1"/>
     <sheet name="Intake" sheetId="1" r:id="rId2"/>
     <sheet name="Lookup" sheetId="6" state="hidden" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
     <definedName name="AMIBands">[1]Lookups!$I$4:$I$8</definedName>
     <definedName name="Answer">Lookup!$A$3:$A$4</definedName>
     <definedName name="ApartmentType">[1]Lookups!$J$4:$J$9</definedName>
     <definedName name="County_Names">'[2]MRB Income Levels'!$A$1:$A$63</definedName>
     <definedName name="DDAQCT">[1]Lookups!$M$4:$M$5</definedName>
     <definedName name="Gender">Lookup!$D$3:$D$4</definedName>
     <definedName name="Income">Lookup!$B$3:$B$13</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
@@ -103,51 +103,51 @@
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C34" i="1" l="1"/>
   <c r="C33" i="1"/>
   <c r="C40" i="1"/>
   <c r="C39" i="1"/>
   <c r="C38" i="1"/>
   <c r="C37" i="1"/>
   <c r="C36" i="1"/>
   <c r="C35" i="1"/>
   <c r="C26" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="88">
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Self</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Income</t>
   </si>
   <si>
@@ -702,50 +702,65 @@
   <si>
     <t>Date / 
 Fecha:</t>
   </si>
   <si>
     <t>Sponsor / Consultant (Print Name)                    Patrocinador / Consultor (Nombre en letra de imprenta)</t>
   </si>
   <si>
     <t>Project Name: / Nombre del Proyecto:</t>
   </si>
   <si>
     <t>Project Number: / 
 Numero del Proyecto</t>
   </si>
   <si>
     <t>Household: /
  Hogar:</t>
   </si>
   <si>
     <t>Household Address: /
 Dirrección del Hogar:</t>
   </si>
   <si>
     <t>Move In Date: /
 Fecha de Mudanza:</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">This Spanish-language translation is provided for convenience and information only. It may contain discrepancies with the English-language version, which controls.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Esta traducción al español se proporciona únicamente para fines informativos y de conveniencia. En caso de discrepancia entre los dos idiomas, prevalecerá la versión en inglés.</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -984,62 +999,63 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="9">
+  <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="117">
+  <cellXfs count="118">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
@@ -1105,281 +1121,286 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...103 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="9">
+  <cellStyles count="10">
     <cellStyle name="Comma 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Currency 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 3 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="Normal 4" xfId="9" xr:uid="{715EBD9D-2161-4A6D-A54F-0AEB9A24BF73}"/>
     <cellStyle name="Percent 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Percent 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
@@ -1456,52 +1477,65 @@
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="0" anchor="t" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
-                <a:t>12/2024</a:t>
+                <a:t>2/2026</a:t>
               </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="l" rtl="0">
+                <a:defRPr sz="1000"/>
+              </a:pPr>
+              <a:endParaRPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:endParaRPr>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>316251</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>39855</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 12">
           <a:extLst>
@@ -1622,51 +1656,51 @@
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="AvantGarde Bk BT"/>
             </a:rPr>
-            <a:t>12/2024</a:t>
+            <a:t>2/2026</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:latin typeface="AvantGarde Bk BT"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:latin typeface="AvantGarde Bk BT"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
@@ -2011,51 +2045,51 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:grayscl/>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="190500" y="114300"/>
           <a:ext cx="1964076" cy="620880"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///O:\AHP%20Process%20Improvements\03%20Melissa's%20Working%20Folder\Drafts\Homeowner\2014%20Draft%20Forms%20and%20Documents\03%20-%20OPW%20Form_Application.xlsm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/AHP%20Process%20Improvements/03%20Melissa's%20Working%20Folder/Drafts/Homeowner/2014%20Draft%20Forms%20and%20Documents/03%20-%20OPW%20Form_Application.xlsm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Temp\knightm\Content.Outlook\LM10S3EE\ahp_012ny.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Version Control"/>
       <sheetName val="Instructions"/>
       <sheetName val="Project Schedule"/>
       <sheetName val="Site Information"/>
       <sheetName val="Dev Budget - Existing Rehab"/>
       <sheetName val="Debt Service"/>
       <sheetName val="RP"/>
       <sheetName val="Pro Forma (Res.)"/>
       <sheetName val="Pro Forma (Comm.)"/>
       <sheetName val="Pro Forma (Social)"/>
       <sheetName val="Input"/>
       <sheetName val="Results"/>
       <sheetName val="Operating Cost"/>
       <sheetName val="Lookups"/>
       <sheetName val="sof formulas"/>
@@ -3022,757 +3056,804 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:IV76"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B46" sqref="B46"/>
+      <selection activeCell="B7" sqref="B7:L7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="6" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="6" customWidth="1"/>
     <col min="3" max="11" width="9.140625" style="6" customWidth="1"/>
     <col min="12" max="12" width="14.7109375" style="6" customWidth="1"/>
     <col min="13" max="13" width="2.7109375" style="6" customWidth="1"/>
     <col min="14" max="14" width="10.28515625" style="6" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="9.140625" style="6" hidden="1" customWidth="1"/>
     <col min="16" max="256" width="0" style="6" hidden="1" customWidth="1"/>
     <col min="257" max="16384" width="9.140625" style="6" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:14" x14ac:dyDescent="0.2"/>
     <row r="3" spans="2:14" x14ac:dyDescent="0.2"/>
     <row r="4" spans="2:14" x14ac:dyDescent="0.2">
       <c r="L4" s="12"/>
     </row>
     <row r="5" spans="2:14" ht="12" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="6" spans="2:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="44"/>
-[...9 lines deleted...]
-      <c r="L6" s="45"/>
+      <c r="B6" s="54"/>
+      <c r="C6" s="55"/>
+      <c r="D6" s="55"/>
+      <c r="E6" s="55"/>
+      <c r="F6" s="55"/>
+      <c r="G6" s="55"/>
+      <c r="H6" s="55"/>
+      <c r="I6" s="55"/>
+      <c r="J6" s="55"/>
+      <c r="K6" s="55"/>
+      <c r="L6" s="55"/>
     </row>
     <row r="7" spans="2:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="44" t="s">
+      <c r="B7" s="54" t="s">
         <v>69</v>
       </c>
-      <c r="C7" s="44"/>
-[...10 lines deleted...]
-      <c r="N7" s="93"/>
+      <c r="C7" s="54"/>
+      <c r="D7" s="54"/>
+      <c r="E7" s="54"/>
+      <c r="F7" s="54"/>
+      <c r="G7" s="54"/>
+      <c r="H7" s="54"/>
+      <c r="I7" s="54"/>
+      <c r="J7" s="54"/>
+      <c r="K7" s="54"/>
+      <c r="L7" s="54"/>
+      <c r="M7" s="45"/>
+      <c r="N7" s="45"/>
     </row>
     <row r="8" spans="2:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="47" t="s">
+      <c r="B8" s="60" t="s">
         <v>40</v>
       </c>
-      <c r="C8" s="44"/>
-[...10 lines deleted...]
-      <c r="N8" s="93"/>
+      <c r="C8" s="54"/>
+      <c r="D8" s="54"/>
+      <c r="E8" s="54"/>
+      <c r="F8" s="54"/>
+      <c r="G8" s="54"/>
+      <c r="H8" s="54"/>
+      <c r="I8" s="54"/>
+      <c r="J8" s="54"/>
+      <c r="K8" s="54"/>
+      <c r="L8" s="54"/>
+      <c r="M8" s="45"/>
+      <c r="N8" s="45"/>
     </row>
     <row r="9" spans="2:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="32"/>
       <c r="C9" s="33"/>
       <c r="D9" s="33"/>
       <c r="E9" s="33"/>
       <c r="F9" s="33"/>
       <c r="G9" s="33"/>
       <c r="H9" s="33"/>
       <c r="I9" s="33"/>
       <c r="J9" s="33"/>
       <c r="K9" s="33"/>
       <c r="L9" s="33"/>
-      <c r="M9" s="93"/>
-      <c r="N9" s="93"/>
+      <c r="M9" s="45"/>
+      <c r="N9" s="45"/>
     </row>
     <row r="10" spans="2:14" ht="28.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="52" t="s">
+      <c r="B10" s="56" t="s">
         <v>70</v>
       </c>
-      <c r="C10" s="52"/>
-[...10 lines deleted...]
-      <c r="N10" s="93"/>
+      <c r="C10" s="56"/>
+      <c r="D10" s="56"/>
+      <c r="E10" s="56"/>
+      <c r="F10" s="56"/>
+      <c r="G10" s="56"/>
+      <c r="H10" s="56"/>
+      <c r="I10" s="56"/>
+      <c r="J10" s="56"/>
+      <c r="K10" s="56"/>
+      <c r="L10" s="56"/>
+      <c r="M10" s="45"/>
+      <c r="N10" s="45"/>
     </row>
     <row r="11" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B11" s="33"/>
       <c r="C11" s="33"/>
       <c r="D11" s="33"/>
-      <c r="E11" s="93"/>
-[...8 lines deleted...]
-      <c r="N11" s="93"/>
+      <c r="E11" s="45"/>
+      <c r="F11" s="45"/>
+      <c r="G11" s="45"/>
+      <c r="H11" s="45"/>
+      <c r="I11" s="45"/>
+      <c r="J11" s="45"/>
+      <c r="K11" s="45"/>
+      <c r="L11" s="45"/>
+      <c r="M11" s="45"/>
+      <c r="N11" s="45"/>
     </row>
     <row r="12" spans="2:14" s="13" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="91" t="s">
+      <c r="B12" s="63" t="s">
         <v>71</v>
       </c>
-      <c r="C12" s="94"/>
-[...10 lines deleted...]
-      <c r="N12" s="95"/>
+      <c r="C12" s="64"/>
+      <c r="D12" s="64"/>
+      <c r="E12" s="64"/>
+      <c r="F12" s="64"/>
+      <c r="G12" s="64"/>
+      <c r="H12" s="64"/>
+      <c r="I12" s="64"/>
+      <c r="J12" s="64"/>
+      <c r="K12" s="64"/>
+      <c r="L12" s="64"/>
+      <c r="M12" s="46"/>
+      <c r="N12" s="46"/>
     </row>
     <row r="13" spans="2:14" s="13" customFormat="1" ht="13.7" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="96"/>
-[...11 lines deleted...]
-      <c r="N13" s="95"/>
+      <c r="B13" s="47"/>
+      <c r="C13" s="47"/>
+      <c r="D13" s="47"/>
+      <c r="E13" s="47"/>
+      <c r="F13" s="47"/>
+      <c r="G13" s="47"/>
+      <c r="H13" s="47"/>
+      <c r="I13" s="47"/>
+      <c r="J13" s="47"/>
+      <c r="K13" s="47"/>
+      <c r="L13" s="47"/>
+      <c r="M13" s="46"/>
+      <c r="N13" s="46"/>
     </row>
     <row r="14" spans="2:14" s="13" customFormat="1" ht="66" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="97" t="s">
+      <c r="B14" s="57" t="s">
         <v>44</v>
       </c>
-      <c r="C14" s="97"/>
-[...10 lines deleted...]
-      <c r="N14" s="95"/>
+      <c r="C14" s="57"/>
+      <c r="D14" s="57"/>
+      <c r="E14" s="57"/>
+      <c r="F14" s="57"/>
+      <c r="G14" s="57"/>
+      <c r="H14" s="57"/>
+      <c r="I14" s="57"/>
+      <c r="J14" s="57"/>
+      <c r="K14" s="57"/>
+      <c r="L14" s="57"/>
+      <c r="M14" s="46"/>
+      <c r="N14" s="46"/>
     </row>
     <row r="15" spans="2:14" s="13" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="95"/>
-[...11 lines deleted...]
-      <c r="N15" s="95"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="46"/>
+      <c r="I15" s="46"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+      <c r="L15" s="46"/>
+      <c r="M15" s="46"/>
+      <c r="N15" s="46"/>
     </row>
     <row r="16" spans="2:14" s="13" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="48" t="s">
+      <c r="B16" s="61" t="s">
         <v>42</v>
       </c>
-      <c r="C16" s="98"/>
-[...10 lines deleted...]
-      <c r="N16" s="99"/>
+      <c r="C16" s="62"/>
+      <c r="D16" s="62"/>
+      <c r="E16" s="62"/>
+      <c r="F16" s="62"/>
+      <c r="G16" s="62"/>
+      <c r="H16" s="62"/>
+      <c r="I16" s="62"/>
+      <c r="J16" s="62"/>
+      <c r="K16" s="62"/>
+      <c r="L16" s="62"/>
+      <c r="M16" s="48"/>
+      <c r="N16" s="48"/>
     </row>
     <row r="17" spans="2:14" s="13" customFormat="1" ht="13.7" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="95"/>
-[...11 lines deleted...]
-      <c r="N17" s="99"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="46"/>
+      <c r="I17" s="46"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+      <c r="L17" s="46"/>
+      <c r="M17" s="48"/>
+      <c r="N17" s="48"/>
     </row>
     <row r="18" spans="2:14" s="13" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="97" t="s">
+      <c r="B18" s="57" t="s">
         <v>45</v>
       </c>
-      <c r="C18" s="97"/>
-[...10 lines deleted...]
-      <c r="N18" s="99"/>
+      <c r="C18" s="57"/>
+      <c r="D18" s="57"/>
+      <c r="E18" s="57"/>
+      <c r="F18" s="57"/>
+      <c r="G18" s="57"/>
+      <c r="H18" s="57"/>
+      <c r="I18" s="57"/>
+      <c r="J18" s="57"/>
+      <c r="K18" s="57"/>
+      <c r="L18" s="57"/>
+      <c r="M18" s="48"/>
+      <c r="N18" s="48"/>
     </row>
     <row r="19" spans="2:14" s="13" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="99"/>
-[...11 lines deleted...]
-      <c r="N19" s="99"/>
+      <c r="B19" s="48"/>
+      <c r="C19" s="48"/>
+      <c r="D19" s="48"/>
+      <c r="E19" s="48"/>
+      <c r="F19" s="48"/>
+      <c r="G19" s="48"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="48"/>
+      <c r="K19" s="48"/>
+      <c r="L19" s="48"/>
+      <c r="M19" s="48"/>
+      <c r="N19" s="48"/>
     </row>
     <row r="20" spans="2:14" s="13" customFormat="1" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B20" s="48" t="s">
+      <c r="B20" s="61" t="s">
         <v>27</v>
       </c>
-      <c r="C20" s="48"/>
-[...8 lines deleted...]
-      <c r="L20" s="48"/>
+      <c r="C20" s="61"/>
+      <c r="D20" s="61"/>
+      <c r="E20" s="61"/>
+      <c r="F20" s="61"/>
+      <c r="G20" s="61"/>
+      <c r="H20" s="61"/>
+      <c r="I20" s="61"/>
+      <c r="J20" s="61"/>
+      <c r="K20" s="61"/>
+      <c r="L20" s="61"/>
       <c r="M20" s="30"/>
       <c r="N20" s="30"/>
     </row>
     <row r="21" spans="2:14" s="13" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="30"/>
       <c r="C21" s="30"/>
       <c r="D21" s="30"/>
       <c r="E21" s="30"/>
       <c r="F21" s="30"/>
       <c r="G21" s="30"/>
       <c r="H21" s="30"/>
       <c r="I21" s="30"/>
       <c r="J21" s="30"/>
       <c r="K21" s="30"/>
       <c r="L21" s="30"/>
       <c r="M21" s="30"/>
       <c r="N21" s="30"/>
     </row>
     <row r="22" spans="2:14" s="13" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B22" s="49" t="s">
+      <c r="B22" s="65" t="s">
         <v>46</v>
       </c>
-      <c r="C22" s="49"/>
-[...8 lines deleted...]
-      <c r="L22" s="49"/>
+      <c r="C22" s="65"/>
+      <c r="D22" s="65"/>
+      <c r="E22" s="65"/>
+      <c r="F22" s="65"/>
+      <c r="G22" s="65"/>
+      <c r="H22" s="65"/>
+      <c r="I22" s="65"/>
+      <c r="J22" s="65"/>
+      <c r="K22" s="65"/>
+      <c r="L22" s="65"/>
       <c r="M22" s="14"/>
       <c r="N22" s="14"/>
     </row>
     <row r="23" spans="2:14" s="13" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="B23" s="46" t="s">
+      <c r="B23" s="58" t="s">
         <v>28</v>
       </c>
-      <c r="C23" s="102"/>
-[...10 lines deleted...]
-      <c r="N23" s="102"/>
+      <c r="C23" s="59"/>
+      <c r="D23" s="59"/>
+      <c r="E23" s="59"/>
+      <c r="F23" s="59"/>
+      <c r="G23" s="59"/>
+      <c r="H23" s="59"/>
+      <c r="I23" s="59"/>
+      <c r="J23" s="59"/>
+      <c r="K23" s="59"/>
+      <c r="L23" s="59"/>
+      <c r="M23" s="59"/>
+      <c r="N23" s="59"/>
     </row>
     <row r="24" spans="2:14" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B24" s="31"/>
-      <c r="C24" s="103"/>
-[...10 lines deleted...]
-      <c r="N24" s="103"/>
+      <c r="C24" s="50"/>
+      <c r="D24" s="50"/>
+      <c r="E24" s="50"/>
+      <c r="F24" s="50"/>
+      <c r="G24" s="50"/>
+      <c r="H24" s="50"/>
+      <c r="I24" s="50"/>
+      <c r="J24" s="50"/>
+      <c r="K24" s="50"/>
+      <c r="L24" s="50"/>
+      <c r="M24" s="50"/>
+      <c r="N24" s="50"/>
     </row>
     <row r="25" spans="2:14" s="13" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B25" s="104" t="s">
+      <c r="B25" s="66" t="s">
         <v>72</v>
       </c>
-      <c r="C25" s="105"/>
-[...10 lines deleted...]
-      <c r="N25" s="103"/>
+      <c r="C25" s="67"/>
+      <c r="D25" s="67"/>
+      <c r="E25" s="67"/>
+      <c r="F25" s="67"/>
+      <c r="G25" s="67"/>
+      <c r="H25" s="67"/>
+      <c r="I25" s="67"/>
+      <c r="J25" s="67"/>
+      <c r="K25" s="67"/>
+      <c r="L25" s="67"/>
+      <c r="M25" s="50"/>
+      <c r="N25" s="50"/>
     </row>
     <row r="26" spans="2:14" s="13" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B26" s="95"/>
-[...11 lines deleted...]
-      <c r="N26" s="95"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="46"/>
+      <c r="I26" s="46"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+      <c r="L26" s="46"/>
+      <c r="M26" s="46"/>
+      <c r="N26" s="46"/>
     </row>
     <row r="27" spans="2:14" s="13" customFormat="1" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B27" s="48" t="s">
+      <c r="B27" s="61" t="s">
         <v>29</v>
       </c>
-      <c r="C27" s="98"/>
-[...10 lines deleted...]
-      <c r="N27" s="95"/>
+      <c r="C27" s="62"/>
+      <c r="D27" s="62"/>
+      <c r="E27" s="62"/>
+      <c r="F27" s="62"/>
+      <c r="G27" s="62"/>
+      <c r="H27" s="62"/>
+      <c r="I27" s="62"/>
+      <c r="J27" s="62"/>
+      <c r="K27" s="62"/>
+      <c r="L27" s="62"/>
+      <c r="M27" s="46"/>
+      <c r="N27" s="46"/>
     </row>
     <row r="28" spans="2:14" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="30"/>
-      <c r="C28" s="95"/>
-[...10 lines deleted...]
-      <c r="N28" s="95"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="46"/>
+      <c r="I28" s="46"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+      <c r="L28" s="46"/>
+      <c r="M28" s="46"/>
+      <c r="N28" s="46"/>
     </row>
     <row r="29" spans="2:14" s="13" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B29" s="50" t="s">
+      <c r="B29" s="68" t="s">
         <v>47</v>
       </c>
-      <c r="C29" s="100"/>
-[...10 lines deleted...]
-      <c r="N29" s="95"/>
+      <c r="C29" s="69"/>
+      <c r="D29" s="69"/>
+      <c r="E29" s="69"/>
+      <c r="F29" s="69"/>
+      <c r="G29" s="69"/>
+      <c r="H29" s="69"/>
+      <c r="I29" s="69"/>
+      <c r="J29" s="69"/>
+      <c r="K29" s="69"/>
+      <c r="L29" s="69"/>
+      <c r="M29" s="46"/>
+      <c r="N29" s="46"/>
     </row>
     <row r="30" spans="2:14" s="13" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="B30" s="46" t="s">
+      <c r="B30" s="58" t="s">
         <v>30</v>
       </c>
-      <c r="C30" s="102"/>
-[...10 lines deleted...]
-      <c r="N30" s="102"/>
+      <c r="C30" s="59"/>
+      <c r="D30" s="59"/>
+      <c r="E30" s="59"/>
+      <c r="F30" s="59"/>
+      <c r="G30" s="59"/>
+      <c r="H30" s="59"/>
+      <c r="I30" s="59"/>
+      <c r="J30" s="59"/>
+      <c r="K30" s="59"/>
+      <c r="L30" s="59"/>
+      <c r="M30" s="59"/>
+      <c r="N30" s="59"/>
     </row>
     <row r="31" spans="2:14" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B31" s="31"/>
-      <c r="C31" s="101"/>
-[...10 lines deleted...]
-      <c r="N31" s="103"/>
+      <c r="C31" s="49"/>
+      <c r="D31" s="50"/>
+      <c r="E31" s="50"/>
+      <c r="F31" s="50"/>
+      <c r="G31" s="50"/>
+      <c r="H31" s="50"/>
+      <c r="I31" s="50"/>
+      <c r="J31" s="50"/>
+      <c r="K31" s="50"/>
+      <c r="L31" s="50"/>
+      <c r="M31" s="50"/>
+      <c r="N31" s="50"/>
     </row>
     <row r="32" spans="2:14" s="13" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="51" t="s">
+      <c r="B32" s="70" t="s">
         <v>48</v>
       </c>
-      <c r="C32" s="105"/>
-[...10 lines deleted...]
-      <c r="N32" s="103"/>
+      <c r="C32" s="67"/>
+      <c r="D32" s="67"/>
+      <c r="E32" s="67"/>
+      <c r="F32" s="67"/>
+      <c r="G32" s="67"/>
+      <c r="H32" s="67"/>
+      <c r="I32" s="67"/>
+      <c r="J32" s="67"/>
+      <c r="K32" s="67"/>
+      <c r="L32" s="67"/>
+      <c r="M32" s="50"/>
+      <c r="N32" s="50"/>
     </row>
     <row r="33" spans="2:14" s="13" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="101"/>
-[...1 lines deleted...]
-      <c r="D33" s="101" t="s">
+      <c r="B33" s="49"/>
+      <c r="C33" s="50"/>
+      <c r="D33" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="E33" s="101"/>
-[...8 lines deleted...]
-      <c r="N33" s="101"/>
+      <c r="E33" s="49"/>
+      <c r="F33" s="49"/>
+      <c r="G33" s="49"/>
+      <c r="H33" s="49"/>
+      <c r="I33" s="49"/>
+      <c r="J33" s="49"/>
+      <c r="K33" s="49"/>
+      <c r="L33" s="49"/>
+      <c r="M33" s="49"/>
+      <c r="N33" s="49"/>
     </row>
     <row r="34" spans="2:14" s="13" customFormat="1" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B34" s="48" t="s">
+      <c r="B34" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="C34" s="98"/>
-[...10 lines deleted...]
-      <c r="N34" s="95"/>
+      <c r="C34" s="62"/>
+      <c r="D34" s="62"/>
+      <c r="E34" s="62"/>
+      <c r="F34" s="62"/>
+      <c r="G34" s="62"/>
+      <c r="H34" s="62"/>
+      <c r="I34" s="62"/>
+      <c r="J34" s="62"/>
+      <c r="K34" s="62"/>
+      <c r="L34" s="62"/>
+      <c r="M34" s="46"/>
+      <c r="N34" s="46"/>
     </row>
     <row r="35" spans="2:14" s="13" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B35" s="95"/>
-[...11 lines deleted...]
-      <c r="N35" s="95"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="46"/>
+      <c r="I35" s="46"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+      <c r="L35" s="46"/>
+      <c r="M35" s="46"/>
+      <c r="N35" s="46"/>
     </row>
     <row r="36" spans="2:14" s="13" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B36" s="52" t="s">
+      <c r="B36" s="56" t="s">
         <v>49</v>
       </c>
-      <c r="C36" s="97"/>
-[...10 lines deleted...]
-      <c r="N36" s="101"/>
+      <c r="C36" s="57"/>
+      <c r="D36" s="57"/>
+      <c r="E36" s="57"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="57"/>
+      <c r="H36" s="57"/>
+      <c r="I36" s="57"/>
+      <c r="J36" s="57"/>
+      <c r="K36" s="57"/>
+      <c r="L36" s="57"/>
+      <c r="M36" s="49"/>
+      <c r="N36" s="49"/>
     </row>
     <row r="37" spans="2:14" s="13" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="46" t="s">
+      <c r="B37" s="58" t="s">
         <v>32</v>
       </c>
-      <c r="C37" s="102"/>
-[...10 lines deleted...]
-      <c r="N37" s="101"/>
+      <c r="C37" s="59"/>
+      <c r="D37" s="59"/>
+      <c r="E37" s="59"/>
+      <c r="F37" s="59"/>
+      <c r="G37" s="59"/>
+      <c r="H37" s="59"/>
+      <c r="I37" s="59"/>
+      <c r="J37" s="59"/>
+      <c r="K37" s="59"/>
+      <c r="L37" s="59"/>
+      <c r="M37" s="49"/>
+      <c r="N37" s="49"/>
     </row>
     <row r="38" spans="2:14" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B38" s="31"/>
-      <c r="C38" s="103"/>
-[...10 lines deleted...]
-      <c r="N38" s="101"/>
+      <c r="C38" s="50"/>
+      <c r="D38" s="50"/>
+      <c r="E38" s="50"/>
+      <c r="F38" s="50"/>
+      <c r="G38" s="50"/>
+      <c r="H38" s="50"/>
+      <c r="I38" s="50"/>
+      <c r="J38" s="50"/>
+      <c r="K38" s="50"/>
+      <c r="L38" s="50"/>
+      <c r="M38" s="49"/>
+      <c r="N38" s="49"/>
     </row>
     <row r="39" spans="2:14" s="13" customFormat="1" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B39" s="51" t="s">
+      <c r="B39" s="70" t="s">
         <v>50</v>
       </c>
-      <c r="C39" s="105"/>
-[...10 lines deleted...]
-      <c r="N39" s="101"/>
+      <c r="C39" s="67"/>
+      <c r="D39" s="67"/>
+      <c r="E39" s="67"/>
+      <c r="F39" s="67"/>
+      <c r="G39" s="67"/>
+      <c r="H39" s="67"/>
+      <c r="I39" s="67"/>
+      <c r="J39" s="67"/>
+      <c r="K39" s="67"/>
+      <c r="L39" s="67"/>
+      <c r="M39" s="49"/>
+      <c r="N39" s="49"/>
     </row>
     <row r="40" spans="2:14" s="13" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B40" s="101"/>
-[...11 lines deleted...]
-      <c r="N40" s="101"/>
+      <c r="B40" s="49"/>
+      <c r="C40" s="49"/>
+      <c r="D40" s="49"/>
+      <c r="E40" s="49"/>
+      <c r="F40" s="49"/>
+      <c r="G40" s="49"/>
+      <c r="H40" s="49"/>
+      <c r="I40" s="49"/>
+      <c r="J40" s="49"/>
+      <c r="K40" s="49"/>
+      <c r="L40" s="49"/>
+      <c r="M40" s="49"/>
+      <c r="N40" s="49"/>
     </row>
     <row r="41" spans="2:14" s="13" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B41" s="48" t="s">
+      <c r="B41" s="61" t="s">
         <v>43</v>
       </c>
-      <c r="C41" s="98"/>
-[...10 lines deleted...]
-      <c r="N41" s="95"/>
+      <c r="C41" s="62"/>
+      <c r="D41" s="62"/>
+      <c r="E41" s="62"/>
+      <c r="F41" s="62"/>
+      <c r="G41" s="62"/>
+      <c r="H41" s="62"/>
+      <c r="I41" s="62"/>
+      <c r="J41" s="62"/>
+      <c r="K41" s="62"/>
+      <c r="L41" s="62"/>
+      <c r="M41" s="46"/>
+      <c r="N41" s="46"/>
     </row>
     <row r="42" spans="2:14" x14ac:dyDescent="0.2"/>
-    <row r="43" spans="2:14" x14ac:dyDescent="0.2"/>
-[...2 lines deleted...]
-    <row r="46" spans="2:14" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="53" t="s">
+        <v>87</v>
+      </c>
+      <c r="C43" s="53"/>
+      <c r="D43" s="53"/>
+      <c r="E43" s="53"/>
+      <c r="F43" s="53"/>
+      <c r="G43" s="53"/>
+      <c r="H43" s="53"/>
+      <c r="I43" s="53"/>
+      <c r="J43" s="53"/>
+      <c r="K43" s="53"/>
+    </row>
+    <row r="44" spans="2:14" x14ac:dyDescent="0.2">
+      <c r="B44" s="53"/>
+      <c r="C44" s="53"/>
+      <c r="D44" s="53"/>
+      <c r="E44" s="53"/>
+      <c r="F44" s="53"/>
+      <c r="G44" s="53"/>
+      <c r="H44" s="53"/>
+      <c r="I44" s="53"/>
+      <c r="J44" s="53"/>
+      <c r="K44" s="53"/>
+    </row>
+    <row r="45" spans="2:14" x14ac:dyDescent="0.2">
+      <c r="B45" s="53"/>
+      <c r="C45" s="53"/>
+      <c r="D45" s="53"/>
+      <c r="E45" s="53"/>
+      <c r="F45" s="53"/>
+      <c r="G45" s="53"/>
+      <c r="H45" s="53"/>
+      <c r="I45" s="53"/>
+      <c r="J45" s="53"/>
+      <c r="K45" s="53"/>
+    </row>
+    <row r="46" spans="2:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="53"/>
+      <c r="C46" s="53"/>
+      <c r="D46" s="53"/>
+      <c r="E46" s="53"/>
+      <c r="F46" s="53"/>
+      <c r="G46" s="53"/>
+      <c r="H46" s="53"/>
+      <c r="I46" s="53"/>
+      <c r="J46" s="53"/>
+      <c r="K46" s="53"/>
+    </row>
     <row r="47" spans="2:14" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="2:14" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="63" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="65" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="66" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="67" s="6" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" s="6" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="68" s="6" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="69" s="6" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="70" s="6" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="71" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="72" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="73" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="74" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="75" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="76" s="6" customFormat="1" hidden="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
-[...6 lines deleted...]
-    <mergeCell ref="B27:L27"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="qI3sYFqdr4/tMBQXa0C1RQx/jPsI8e2jBjV73yIK6v0a4qT+HE2JKYk0eOPEvr+zvApf+UrP6E8Za11qVLH3QQ==" saltValue="IofieKcEtlcSMX2FxPe2gw==" spinCount="100000" sheet="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <mergeCells count="22">
+    <mergeCell ref="B39:L39"/>
     <mergeCell ref="B22:L22"/>
     <mergeCell ref="B25:L25"/>
     <mergeCell ref="B29:L29"/>
     <mergeCell ref="B32:L32"/>
     <mergeCell ref="B36:L36"/>
-    <mergeCell ref="B39:L39"/>
+    <mergeCell ref="B43:K46"/>
     <mergeCell ref="B6:L6"/>
     <mergeCell ref="B10:L10"/>
     <mergeCell ref="B14:L14"/>
     <mergeCell ref="B18:L18"/>
     <mergeCell ref="B37:L37"/>
     <mergeCell ref="B8:L8"/>
     <mergeCell ref="B30:N30"/>
     <mergeCell ref="B34:L34"/>
     <mergeCell ref="B7:L7"/>
+    <mergeCell ref="B41:L41"/>
+    <mergeCell ref="B12:L12"/>
+    <mergeCell ref="B16:L16"/>
+    <mergeCell ref="B20:L20"/>
+    <mergeCell ref="B23:N23"/>
+    <mergeCell ref="B27:L27"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="95" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2050" r:id="rId4" name="Label 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>247650</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>104775</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>847725</xdr:colOff>
                     <xdr:row>1</xdr:row>
                     <xdr:rowOff>95250</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S93"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="J10" sqref="J10:L10"/>
+      <selection activeCell="K3" sqref="K3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="9.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="11.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="1"/>
     <col min="7" max="7" width="9" style="1" customWidth="1"/>
     <col min="8" max="8" width="9.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="1"/>
     <col min="11" max="11" width="10.140625" style="1" customWidth="1"/>
     <col min="12" max="12" width="11.85546875" style="1" customWidth="1"/>
     <col min="13" max="13" width="9.28515625" style="1" customWidth="1"/>
     <col min="14" max="14" width="9.140625" style="7" customWidth="1"/>
     <col min="15" max="15" width="27.140625" style="7" customWidth="1"/>
     <col min="16" max="16" width="21" style="7" customWidth="1"/>
     <col min="17" max="19" width="8.85546875" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.25">
@@ -3830,1284 +3911,1284 @@
       <c r="G4" s="17"/>
       <c r="H4" s="17"/>
       <c r="I4" s="17"/>
       <c r="J4" s="17"/>
       <c r="K4" s="17"/>
       <c r="L4" s="17"/>
       <c r="M4" s="17"/>
     </row>
     <row r="5" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A5" s="17"/>
       <c r="B5" s="17"/>
       <c r="C5" s="17"/>
       <c r="D5" s="17"/>
       <c r="E5" s="17"/>
       <c r="F5" s="17"/>
       <c r="G5" s="17"/>
       <c r="H5" s="17"/>
       <c r="I5" s="17"/>
       <c r="J5" s="17"/>
       <c r="K5" s="17"/>
       <c r="L5" s="17"/>
       <c r="M5" s="17"/>
     </row>
     <row r="6" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="17"/>
-      <c r="B6" s="80"/>
-[...9 lines deleted...]
-      <c r="L6" s="80"/>
+      <c r="B6" s="90"/>
+      <c r="C6" s="90"/>
+      <c r="D6" s="90"/>
+      <c r="E6" s="90"/>
+      <c r="F6" s="90"/>
+      <c r="G6" s="90"/>
+      <c r="H6" s="90"/>
+      <c r="I6" s="90"/>
+      <c r="J6" s="90"/>
+      <c r="K6" s="90"/>
+      <c r="L6" s="90"/>
       <c r="M6" s="17"/>
     </row>
     <row r="7" spans="1:19" ht="18" x14ac:dyDescent="0.25">
       <c r="A7" s="17"/>
-      <c r="B7" s="80" t="s">
+      <c r="B7" s="90" t="s">
         <v>73</v>
       </c>
-      <c r="C7" s="80"/>
-[...8 lines deleted...]
-      <c r="L7" s="80"/>
+      <c r="C7" s="90"/>
+      <c r="D7" s="90"/>
+      <c r="E7" s="90"/>
+      <c r="F7" s="90"/>
+      <c r="G7" s="90"/>
+      <c r="H7" s="90"/>
+      <c r="I7" s="90"/>
+      <c r="J7" s="90"/>
+      <c r="K7" s="90"/>
+      <c r="L7" s="90"/>
       <c r="M7" s="17"/>
       <c r="N7" s="43"/>
       <c r="O7" s="43"/>
       <c r="P7" s="43"/>
       <c r="Q7" s="29"/>
       <c r="R7" s="29"/>
       <c r="S7" s="29"/>
     </row>
     <row r="8" spans="1:19" ht="18" x14ac:dyDescent="0.25">
       <c r="A8" s="17"/>
-      <c r="B8" s="80" t="s">
+      <c r="B8" s="90" t="s">
         <v>34</v>
       </c>
-      <c r="C8" s="80"/>
-[...8 lines deleted...]
-      <c r="L8" s="80"/>
+      <c r="C8" s="90"/>
+      <c r="D8" s="90"/>
+      <c r="E8" s="90"/>
+      <c r="F8" s="90"/>
+      <c r="G8" s="90"/>
+      <c r="H8" s="90"/>
+      <c r="I8" s="90"/>
+      <c r="J8" s="90"/>
+      <c r="K8" s="90"/>
+      <c r="L8" s="90"/>
       <c r="M8" s="17"/>
       <c r="Q8" s="29"/>
       <c r="R8" s="29"/>
       <c r="S8" s="29"/>
     </row>
     <row r="9" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A9" s="17"/>
       <c r="B9" s="17"/>
       <c r="C9" s="17"/>
       <c r="D9" s="17"/>
       <c r="E9" s="17"/>
       <c r="F9" s="17"/>
       <c r="G9" s="17"/>
       <c r="H9" s="17"/>
       <c r="I9" s="17"/>
       <c r="J9" s="17"/>
       <c r="K9" s="17"/>
       <c r="L9" s="17"/>
       <c r="M9" s="17"/>
     </row>
     <row r="10" spans="1:19" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="18"/>
-      <c r="B10" s="116" t="s">
+      <c r="B10" s="91" t="s">
         <v>82</v>
       </c>
-      <c r="C10" s="116"/>
-[...2 lines deleted...]
-      <c r="F10" s="82"/>
+      <c r="C10" s="91"/>
+      <c r="D10" s="93"/>
+      <c r="E10" s="93"/>
+      <c r="F10" s="93"/>
       <c r="G10" s="18"/>
-      <c r="H10" s="116" t="s">
+      <c r="H10" s="91" t="s">
         <v>85</v>
       </c>
-      <c r="I10" s="81"/>
-[...2 lines deleted...]
-      <c r="L10" s="82"/>
+      <c r="I10" s="92"/>
+      <c r="J10" s="93"/>
+      <c r="K10" s="93"/>
+      <c r="L10" s="93"/>
       <c r="M10" s="18"/>
     </row>
     <row r="11" spans="1:19" s="2" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="18"/>
-      <c r="B11" s="116" t="s">
+      <c r="B11" s="91" t="s">
         <v>83</v>
       </c>
-      <c r="C11" s="81"/>
-[...2 lines deleted...]
-      <c r="F11" s="83"/>
+      <c r="C11" s="92"/>
+      <c r="D11" s="94"/>
+      <c r="E11" s="94"/>
+      <c r="F11" s="94"/>
       <c r="G11" s="18"/>
-      <c r="H11" s="116" t="s">
+      <c r="H11" s="91" t="s">
         <v>84</v>
       </c>
-      <c r="I11" s="81"/>
-[...2 lines deleted...]
-      <c r="L11" s="83"/>
+      <c r="I11" s="92"/>
+      <c r="J11" s="94"/>
+      <c r="K11" s="94"/>
+      <c r="L11" s="94"/>
       <c r="M11" s="18"/>
     </row>
     <row r="12" spans="1:19" s="2" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="18"/>
-      <c r="B12" s="89"/>
-      <c r="C12" s="89"/>
+      <c r="B12" s="111"/>
+      <c r="C12" s="111"/>
       <c r="D12" s="26"/>
       <c r="E12" s="26"/>
       <c r="F12" s="26"/>
       <c r="G12" s="18"/>
-      <c r="H12" s="116" t="s">
+      <c r="H12" s="91" t="s">
         <v>86</v>
       </c>
-      <c r="I12" s="81"/>
-[...2 lines deleted...]
-      <c r="L12" s="83"/>
+      <c r="I12" s="92"/>
+      <c r="J12" s="94"/>
+      <c r="K12" s="94"/>
+      <c r="L12" s="94"/>
       <c r="M12" s="18"/>
     </row>
     <row r="13" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A13" s="17"/>
-      <c r="B13" s="88"/>
-      <c r="C13" s="88"/>
+      <c r="B13" s="110"/>
+      <c r="C13" s="110"/>
       <c r="D13" s="17"/>
       <c r="E13" s="17"/>
       <c r="F13" s="17"/>
       <c r="G13" s="17"/>
       <c r="H13" s="17"/>
       <c r="I13" s="17"/>
       <c r="J13" s="17"/>
       <c r="K13" s="17"/>
       <c r="L13" s="17"/>
       <c r="M13" s="17"/>
     </row>
     <row r="14" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="17"/>
-      <c r="B14" s="61" t="s">
+      <c r="B14" s="81" t="s">
         <v>46</v>
       </c>
-      <c r="C14" s="61"/>
-[...8 lines deleted...]
-      <c r="L14" s="61"/>
+      <c r="C14" s="81"/>
+      <c r="D14" s="81"/>
+      <c r="E14" s="81"/>
+      <c r="F14" s="81"/>
+      <c r="G14" s="81"/>
+      <c r="H14" s="81"/>
+      <c r="I14" s="81"/>
+      <c r="J14" s="81"/>
+      <c r="K14" s="81"/>
+      <c r="L14" s="81"/>
       <c r="M14" s="17"/>
       <c r="N14" s="43"/>
       <c r="O14" s="43"/>
       <c r="P14" s="43"/>
       <c r="Q14" s="29"/>
       <c r="R14" s="29"/>
       <c r="S14" s="29"/>
     </row>
     <row r="15" spans="1:19" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="19"/>
-      <c r="B15" s="61" t="s">
+      <c r="B15" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="C15" s="61"/>
-[...8 lines deleted...]
-      <c r="L15" s="61"/>
+      <c r="C15" s="81"/>
+      <c r="D15" s="81"/>
+      <c r="E15" s="81"/>
+      <c r="F15" s="81"/>
+      <c r="G15" s="81"/>
+      <c r="H15" s="81"/>
+      <c r="I15" s="81"/>
+      <c r="J15" s="81"/>
+      <c r="K15" s="81"/>
+      <c r="L15" s="81"/>
       <c r="M15" s="19"/>
     </row>
     <row r="16" spans="1:19" s="3" customFormat="1" ht="6.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="19"/>
       <c r="B16" s="19"/>
       <c r="C16" s="19"/>
       <c r="D16" s="19"/>
       <c r="E16" s="19"/>
       <c r="F16" s="19"/>
       <c r="G16" s="19"/>
       <c r="H16" s="19"/>
       <c r="I16" s="19"/>
       <c r="J16" s="19"/>
       <c r="K16" s="19"/>
       <c r="L16" s="19"/>
       <c r="M16" s="19"/>
     </row>
     <row r="17" spans="1:19" s="4" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A17" s="27"/>
       <c r="B17" s="20" t="s">
         <v>56</v>
       </c>
-      <c r="C17" s="71" t="s">
+      <c r="C17" s="106" t="s">
         <v>53</v>
       </c>
-      <c r="D17" s="72"/>
-[...2 lines deleted...]
-      <c r="G17" s="66" t="s">
+      <c r="D17" s="107"/>
+      <c r="E17" s="107"/>
+      <c r="F17" s="108"/>
+      <c r="G17" s="89" t="s">
         <v>74</v>
       </c>
-      <c r="H17" s="66"/>
-      <c r="I17" s="66"/>
+      <c r="H17" s="89"/>
+      <c r="I17" s="89"/>
       <c r="J17" s="21" t="s">
         <v>75</v>
       </c>
       <c r="K17" s="20" t="s">
         <v>54</v>
       </c>
       <c r="L17" s="28" t="s">
         <v>55</v>
       </c>
       <c r="M17" s="27"/>
       <c r="N17" s="7"/>
       <c r="O17" s="7"/>
       <c r="P17" s="7"/>
     </row>
     <row r="18" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="18"/>
       <c r="B18" s="22">
         <v>1</v>
       </c>
-      <c r="C18" s="67"/>
-[...3 lines deleted...]
-      <c r="G18" s="90" t="s">
+      <c r="C18" s="101"/>
+      <c r="D18" s="102"/>
+      <c r="E18" s="102"/>
+      <c r="F18" s="103"/>
+      <c r="G18" s="104" t="s">
         <v>1</v>
       </c>
-      <c r="H18" s="90"/>
-      <c r="I18" s="90"/>
+      <c r="H18" s="104"/>
+      <c r="I18" s="104"/>
       <c r="J18" s="10"/>
       <c r="K18" s="11"/>
       <c r="L18" s="9"/>
       <c r="M18" s="18"/>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
       <c r="P18" s="7"/>
     </row>
     <row r="19" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A19" s="18"/>
       <c r="B19" s="22">
         <v>2</v>
       </c>
-      <c r="C19" s="67"/>
-[...5 lines deleted...]
-      <c r="I19" s="70"/>
+      <c r="C19" s="101"/>
+      <c r="D19" s="102"/>
+      <c r="E19" s="102"/>
+      <c r="F19" s="103"/>
+      <c r="G19" s="105"/>
+      <c r="H19" s="105"/>
+      <c r="I19" s="105"/>
       <c r="J19" s="10"/>
       <c r="K19" s="11"/>
       <c r="L19" s="9"/>
       <c r="M19" s="18"/>
       <c r="N19" s="7"/>
       <c r="O19" s="7"/>
       <c r="P19" s="7"/>
     </row>
     <row r="20" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" s="18"/>
       <c r="B20" s="22">
         <v>3</v>
       </c>
-      <c r="C20" s="67"/>
-[...5 lines deleted...]
-      <c r="I20" s="70"/>
+      <c r="C20" s="101"/>
+      <c r="D20" s="102"/>
+      <c r="E20" s="102"/>
+      <c r="F20" s="103"/>
+      <c r="G20" s="105"/>
+      <c r="H20" s="105"/>
+      <c r="I20" s="105"/>
       <c r="J20" s="10"/>
       <c r="K20" s="11"/>
       <c r="L20" s="9"/>
       <c r="M20" s="18"/>
       <c r="N20" s="7"/>
       <c r="O20" s="7"/>
       <c r="P20" s="7"/>
     </row>
     <row r="21" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" s="18"/>
       <c r="B21" s="22">
         <v>4</v>
       </c>
-      <c r="C21" s="67"/>
-[...5 lines deleted...]
-      <c r="I21" s="70"/>
+      <c r="C21" s="101"/>
+      <c r="D21" s="102"/>
+      <c r="E21" s="102"/>
+      <c r="F21" s="103"/>
+      <c r="G21" s="105"/>
+      <c r="H21" s="105"/>
+      <c r="I21" s="105"/>
       <c r="J21" s="10"/>
       <c r="K21" s="11"/>
       <c r="L21" s="9"/>
       <c r="M21" s="18"/>
       <c r="N21" s="7"/>
       <c r="O21" s="7"/>
       <c r="P21" s="7"/>
     </row>
     <row r="22" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" s="18"/>
       <c r="B22" s="22">
         <v>5</v>
       </c>
-      <c r="C22" s="67"/>
-[...5 lines deleted...]
-      <c r="I22" s="70"/>
+      <c r="C22" s="101"/>
+      <c r="D22" s="102"/>
+      <c r="E22" s="102"/>
+      <c r="F22" s="103"/>
+      <c r="G22" s="105"/>
+      <c r="H22" s="105"/>
+      <c r="I22" s="105"/>
       <c r="J22" s="10"/>
       <c r="K22" s="11"/>
       <c r="L22" s="9"/>
       <c r="M22" s="18"/>
       <c r="N22" s="7"/>
       <c r="O22" s="7"/>
       <c r="P22" s="7"/>
     </row>
     <row r="23" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" s="18"/>
       <c r="B23" s="22">
         <v>6</v>
       </c>
-      <c r="C23" s="67"/>
-[...5 lines deleted...]
-      <c r="I23" s="70"/>
+      <c r="C23" s="101"/>
+      <c r="D23" s="102"/>
+      <c r="E23" s="102"/>
+      <c r="F23" s="103"/>
+      <c r="G23" s="105"/>
+      <c r="H23" s="105"/>
+      <c r="I23" s="105"/>
       <c r="J23" s="10"/>
       <c r="K23" s="11"/>
       <c r="L23" s="9"/>
       <c r="M23" s="18"/>
       <c r="N23" s="7"/>
       <c r="O23" s="7"/>
       <c r="P23" s="7"/>
     </row>
     <row r="24" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A24" s="18"/>
       <c r="B24" s="22">
         <v>7</v>
       </c>
-      <c r="C24" s="67"/>
-[...5 lines deleted...]
-      <c r="I24" s="70"/>
+      <c r="C24" s="101"/>
+      <c r="D24" s="102"/>
+      <c r="E24" s="102"/>
+      <c r="F24" s="103"/>
+      <c r="G24" s="105"/>
+      <c r="H24" s="105"/>
+      <c r="I24" s="105"/>
       <c r="J24" s="10"/>
       <c r="K24" s="11"/>
       <c r="L24" s="9"/>
       <c r="M24" s="18"/>
       <c r="N24" s="7"/>
       <c r="O24" s="7"/>
       <c r="P24" s="7"/>
     </row>
     <row r="25" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" s="18"/>
       <c r="B25" s="22">
         <v>8</v>
       </c>
-      <c r="C25" s="67"/>
-[...5 lines deleted...]
-      <c r="I25" s="70"/>
+      <c r="C25" s="101"/>
+      <c r="D25" s="102"/>
+      <c r="E25" s="102"/>
+      <c r="F25" s="103"/>
+      <c r="G25" s="105"/>
+      <c r="H25" s="105"/>
+      <c r="I25" s="105"/>
       <c r="J25" s="10"/>
       <c r="K25" s="11"/>
       <c r="L25" s="9"/>
       <c r="M25" s="18"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
     </row>
     <row r="26" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A26" s="18"/>
       <c r="B26" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="C26" s="78">
+      <c r="C26" s="116">
         <f>COUNTA(C18:E25)</f>
         <v>0</v>
       </c>
-      <c r="D26" s="79"/>
-[...1 lines deleted...]
-      <c r="F26" s="79"/>
+      <c r="D26" s="117"/>
+      <c r="E26" s="117"/>
+      <c r="F26" s="117"/>
       <c r="G26" s="24"/>
       <c r="H26" s="18"/>
       <c r="I26" s="18"/>
       <c r="J26" s="18"/>
       <c r="K26" s="18"/>
       <c r="L26" s="18"/>
       <c r="M26" s="18"/>
       <c r="N26" s="7"/>
       <c r="O26" s="7"/>
       <c r="P26" s="7"/>
     </row>
     <row r="27" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="17"/>
       <c r="B27" s="19"/>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
       <c r="E27" s="17"/>
       <c r="F27" s="17"/>
       <c r="G27" s="17"/>
       <c r="H27" s="17"/>
       <c r="I27" s="17"/>
       <c r="J27" s="17"/>
       <c r="K27" s="17"/>
       <c r="L27" s="17"/>
       <c r="M27" s="17"/>
     </row>
     <row r="28" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="17"/>
-      <c r="B28" s="77" t="s">
+      <c r="B28" s="115" t="s">
         <v>51</v>
       </c>
-      <c r="C28" s="77"/>
-[...8 lines deleted...]
-      <c r="L28" s="77"/>
+      <c r="C28" s="115"/>
+      <c r="D28" s="115"/>
+      <c r="E28" s="115"/>
+      <c r="F28" s="115"/>
+      <c r="G28" s="115"/>
+      <c r="H28" s="115"/>
+      <c r="I28" s="115"/>
+      <c r="J28" s="115"/>
+      <c r="K28" s="115"/>
+      <c r="L28" s="115"/>
       <c r="M28" s="17"/>
     </row>
     <row r="29" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="17"/>
-      <c r="B29" s="106" t="s">
+      <c r="B29" s="84" t="s">
         <v>52</v>
       </c>
-      <c r="C29" s="107"/>
-[...8 lines deleted...]
-      <c r="L29" s="107"/>
+      <c r="C29" s="85"/>
+      <c r="D29" s="85"/>
+      <c r="E29" s="85"/>
+      <c r="F29" s="85"/>
+      <c r="G29" s="85"/>
+      <c r="H29" s="85"/>
+      <c r="I29" s="85"/>
+      <c r="J29" s="85"/>
+      <c r="K29" s="85"/>
+      <c r="L29" s="85"/>
       <c r="M29" s="17"/>
     </row>
     <row r="30" spans="1:19" ht="6.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="17"/>
       <c r="B30" s="41"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="42"/>
       <c r="I30" s="42"/>
       <c r="J30" s="42"/>
       <c r="K30" s="42"/>
       <c r="L30" s="42"/>
       <c r="M30" s="17"/>
       <c r="N30" s="43"/>
       <c r="O30" s="43"/>
       <c r="P30" s="43"/>
       <c r="Q30" s="29"/>
       <c r="R30" s="29"/>
       <c r="S30" s="29"/>
     </row>
     <row r="31" spans="1:19" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="17"/>
-      <c r="B31" s="63" t="s">
+      <c r="B31" s="86" t="s">
         <v>77</v>
       </c>
-      <c r="C31" s="64"/>
-[...8 lines deleted...]
-      <c r="L31" s="65"/>
+      <c r="C31" s="87"/>
+      <c r="D31" s="87"/>
+      <c r="E31" s="87"/>
+      <c r="F31" s="87"/>
+      <c r="G31" s="87"/>
+      <c r="H31" s="87"/>
+      <c r="I31" s="87"/>
+      <c r="J31" s="87"/>
+      <c r="K31" s="87"/>
+      <c r="L31" s="88"/>
       <c r="M31" s="17"/>
     </row>
     <row r="32" spans="1:19" s="4" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A32" s="27"/>
       <c r="B32" s="20" t="s">
         <v>57</v>
       </c>
-      <c r="C32" s="71" t="s">
+      <c r="C32" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="D32" s="72"/>
-[...2 lines deleted...]
-      <c r="G32" s="66" t="s">
+      <c r="D32" s="107"/>
+      <c r="E32" s="107"/>
+      <c r="F32" s="108"/>
+      <c r="G32" s="89" t="s">
         <v>76</v>
       </c>
-      <c r="H32" s="66"/>
-      <c r="I32" s="66" t="s">
+      <c r="H32" s="89"/>
+      <c r="I32" s="89" t="s">
         <v>59</v>
       </c>
-      <c r="J32" s="66"/>
-      <c r="K32" s="66" t="s">
+      <c r="J32" s="89"/>
+      <c r="K32" s="89" t="s">
         <v>60</v>
       </c>
-      <c r="L32" s="66"/>
+      <c r="L32" s="89"/>
       <c r="M32" s="27"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
     </row>
     <row r="33" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="18"/>
       <c r="B33" s="22">
         <v>1</v>
       </c>
-      <c r="C33" s="74">
+      <c r="C33" s="112">
         <f t="shared" ref="C33:C40" si="0">C18</f>
         <v>0</v>
       </c>
-      <c r="D33" s="75"/>
-[...7 lines deleted...]
-      <c r="L33" s="59"/>
+      <c r="D33" s="113"/>
+      <c r="E33" s="113"/>
+      <c r="F33" s="114"/>
+      <c r="G33" s="71"/>
+      <c r="H33" s="71"/>
+      <c r="I33" s="71"/>
+      <c r="J33" s="71"/>
+      <c r="K33" s="71"/>
+      <c r="L33" s="71"/>
       <c r="M33" s="18"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
     </row>
     <row r="34" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="18"/>
       <c r="B34" s="22">
         <v>2</v>
       </c>
-      <c r="C34" s="56">
+      <c r="C34" s="77">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D34" s="57"/>
-[...7 lines deleted...]
-      <c r="L34" s="59"/>
+      <c r="D34" s="78"/>
+      <c r="E34" s="78"/>
+      <c r="F34" s="79"/>
+      <c r="G34" s="71"/>
+      <c r="H34" s="71"/>
+      <c r="I34" s="71"/>
+      <c r="J34" s="71"/>
+      <c r="K34" s="71"/>
+      <c r="L34" s="71"/>
       <c r="M34" s="18"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
     </row>
     <row r="35" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="18"/>
       <c r="B35" s="22">
         <v>3</v>
       </c>
-      <c r="C35" s="56">
+      <c r="C35" s="77">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D35" s="57"/>
-[...7 lines deleted...]
-      <c r="L35" s="59"/>
+      <c r="D35" s="78"/>
+      <c r="E35" s="78"/>
+      <c r="F35" s="79"/>
+      <c r="G35" s="71"/>
+      <c r="H35" s="71"/>
+      <c r="I35" s="71"/>
+      <c r="J35" s="71"/>
+      <c r="K35" s="71"/>
+      <c r="L35" s="71"/>
       <c r="M35" s="18"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
     </row>
     <row r="36" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="18"/>
       <c r="B36" s="22">
         <v>4</v>
       </c>
-      <c r="C36" s="56">
+      <c r="C36" s="77">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D36" s="57"/>
-[...7 lines deleted...]
-      <c r="L36" s="59"/>
+      <c r="D36" s="78"/>
+      <c r="E36" s="78"/>
+      <c r="F36" s="79"/>
+      <c r="G36" s="71"/>
+      <c r="H36" s="71"/>
+      <c r="I36" s="71"/>
+      <c r="J36" s="71"/>
+      <c r="K36" s="71"/>
+      <c r="L36" s="71"/>
       <c r="M36" s="18"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
     </row>
     <row r="37" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="18"/>
       <c r="B37" s="22">
         <v>5</v>
       </c>
-      <c r="C37" s="56">
+      <c r="C37" s="77">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D37" s="57"/>
-[...7 lines deleted...]
-      <c r="L37" s="59"/>
+      <c r="D37" s="78"/>
+      <c r="E37" s="78"/>
+      <c r="F37" s="79"/>
+      <c r="G37" s="71"/>
+      <c r="H37" s="71"/>
+      <c r="I37" s="71"/>
+      <c r="J37" s="71"/>
+      <c r="K37" s="71"/>
+      <c r="L37" s="71"/>
       <c r="M37" s="18"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
     </row>
     <row r="38" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="18"/>
       <c r="B38" s="22">
         <v>6</v>
       </c>
-      <c r="C38" s="56">
+      <c r="C38" s="77">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D38" s="57"/>
-[...7 lines deleted...]
-      <c r="L38" s="59"/>
+      <c r="D38" s="78"/>
+      <c r="E38" s="78"/>
+      <c r="F38" s="79"/>
+      <c r="G38" s="71"/>
+      <c r="H38" s="71"/>
+      <c r="I38" s="71"/>
+      <c r="J38" s="71"/>
+      <c r="K38" s="71"/>
+      <c r="L38" s="71"/>
       <c r="M38" s="18"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
     </row>
     <row r="39" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="18"/>
       <c r="B39" s="22">
         <v>7</v>
       </c>
-      <c r="C39" s="56">
+      <c r="C39" s="77">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D39" s="57"/>
-[...7 lines deleted...]
-      <c r="L39" s="59"/>
+      <c r="D39" s="78"/>
+      <c r="E39" s="78"/>
+      <c r="F39" s="79"/>
+      <c r="G39" s="71"/>
+      <c r="H39" s="71"/>
+      <c r="I39" s="71"/>
+      <c r="J39" s="71"/>
+      <c r="K39" s="71"/>
+      <c r="L39" s="71"/>
       <c r="M39" s="18"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
     </row>
     <row r="40" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="18"/>
       <c r="B40" s="22">
         <v>8</v>
       </c>
-      <c r="C40" s="56">
+      <c r="C40" s="77">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D40" s="57"/>
-[...7 lines deleted...]
-      <c r="L40" s="59"/>
+      <c r="D40" s="78"/>
+      <c r="E40" s="78"/>
+      <c r="F40" s="79"/>
+      <c r="G40" s="71"/>
+      <c r="H40" s="71"/>
+      <c r="I40" s="71"/>
+      <c r="J40" s="71"/>
+      <c r="K40" s="71"/>
+      <c r="L40" s="71"/>
       <c r="M40" s="18"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
     </row>
     <row r="41" spans="1:16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="92"/>
-[...11 lines deleted...]
-      <c r="M41" s="92"/>
+      <c r="A41" s="44"/>
+      <c r="B41" s="44"/>
+      <c r="C41" s="44"/>
+      <c r="D41" s="44"/>
+      <c r="E41" s="44"/>
+      <c r="F41" s="44"/>
+      <c r="G41" s="44"/>
+      <c r="H41" s="44"/>
+      <c r="I41" s="44"/>
+      <c r="J41" s="44"/>
+      <c r="K41" s="44"/>
+      <c r="L41" s="44"/>
+      <c r="M41" s="44"/>
     </row>
     <row r="42" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="18"/>
-      <c r="B42" s="87"/>
-[...9 lines deleted...]
-      <c r="L42" s="108"/>
+      <c r="B42" s="82"/>
+      <c r="C42" s="83"/>
+      <c r="D42" s="83"/>
+      <c r="E42" s="83"/>
+      <c r="F42" s="83"/>
+      <c r="G42" s="83"/>
+      <c r="H42" s="83"/>
+      <c r="I42" s="83"/>
+      <c r="J42" s="83"/>
+      <c r="K42" s="83"/>
+      <c r="L42" s="83"/>
       <c r="M42" s="18"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
     </row>
     <row r="43" spans="1:16" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="18"/>
-      <c r="B43" s="62" t="s">
+      <c r="B43" s="109" t="s">
         <v>61</v>
       </c>
-      <c r="C43" s="62"/>
-[...8 lines deleted...]
-      <c r="L43" s="62"/>
+      <c r="C43" s="109"/>
+      <c r="D43" s="109"/>
+      <c r="E43" s="109"/>
+      <c r="F43" s="109"/>
+      <c r="G43" s="109"/>
+      <c r="H43" s="109"/>
+      <c r="I43" s="109"/>
+      <c r="J43" s="109"/>
+      <c r="K43" s="109"/>
+      <c r="L43" s="109"/>
       <c r="M43" s="18"/>
       <c r="N43" s="43"/>
       <c r="O43" s="43"/>
       <c r="P43" s="43"/>
     </row>
     <row r="44" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="18"/>
-      <c r="B44" s="60" t="s">
+      <c r="B44" s="80" t="s">
         <v>32</v>
       </c>
-      <c r="C44" s="61"/>
-[...8 lines deleted...]
-      <c r="L44" s="61"/>
+      <c r="C44" s="81"/>
+      <c r="D44" s="81"/>
+      <c r="E44" s="81"/>
+      <c r="F44" s="81"/>
+      <c r="G44" s="81"/>
+      <c r="H44" s="81"/>
+      <c r="I44" s="81"/>
+      <c r="J44" s="81"/>
+      <c r="K44" s="81"/>
+      <c r="L44" s="81"/>
       <c r="M44" s="18"/>
     </row>
     <row r="45" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A45" s="18"/>
       <c r="B45" s="35"/>
       <c r="C45" s="35"/>
       <c r="D45" s="35"/>
       <c r="E45" s="35"/>
       <c r="F45" s="35"/>
       <c r="G45" s="35"/>
       <c r="H45" s="35"/>
       <c r="I45" s="35"/>
       <c r="J45" s="35"/>
       <c r="K45" s="35"/>
       <c r="L45" s="35"/>
       <c r="M45" s="18"/>
     </row>
     <row r="46" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="18"/>
-      <c r="B46" s="53" t="s">
+      <c r="B46" s="72" t="s">
         <v>62</v>
       </c>
-      <c r="C46" s="109"/>
-[...8 lines deleted...]
-      <c r="L46" s="109"/>
+      <c r="C46" s="73"/>
+      <c r="D46" s="73"/>
+      <c r="E46" s="73"/>
+      <c r="F46" s="73"/>
+      <c r="G46" s="73"/>
+      <c r="H46" s="73"/>
+      <c r="I46" s="73"/>
+      <c r="J46" s="73"/>
+      <c r="K46" s="73"/>
+      <c r="L46" s="73"/>
       <c r="M46" s="18"/>
     </row>
     <row r="47" spans="1:16" s="2" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="18"/>
-      <c r="B47" s="55" t="s">
+      <c r="B47" s="76" t="s">
         <v>35</v>
       </c>
-      <c r="C47" s="84"/>
-[...8 lines deleted...]
-      <c r="L47" s="84"/>
+      <c r="C47" s="96"/>
+      <c r="D47" s="96"/>
+      <c r="E47" s="96"/>
+      <c r="F47" s="96"/>
+      <c r="G47" s="96"/>
+      <c r="H47" s="96"/>
+      <c r="I47" s="96"/>
+      <c r="J47" s="96"/>
+      <c r="K47" s="96"/>
+      <c r="L47" s="96"/>
       <c r="M47" s="18"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
     </row>
     <row r="48" spans="1:16" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="18"/>
       <c r="B48" s="34"/>
       <c r="C48" s="18"/>
       <c r="D48" s="25"/>
       <c r="E48" s="25"/>
       <c r="F48" s="25"/>
       <c r="G48" s="25"/>
       <c r="H48" s="25"/>
       <c r="I48" s="25"/>
       <c r="J48" s="25"/>
       <c r="K48" s="25"/>
       <c r="L48" s="25"/>
       <c r="M48" s="18"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
     </row>
     <row r="49" spans="1:16" s="2" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="18"/>
-      <c r="B49" s="54" t="s">
+      <c r="B49" s="74" t="s">
         <v>63</v>
       </c>
-      <c r="C49" s="110"/>
-[...8 lines deleted...]
-      <c r="L49" s="110"/>
+      <c r="C49" s="75"/>
+      <c r="D49" s="75"/>
+      <c r="E49" s="75"/>
+      <c r="F49" s="75"/>
+      <c r="G49" s="75"/>
+      <c r="H49" s="75"/>
+      <c r="I49" s="75"/>
+      <c r="J49" s="75"/>
+      <c r="K49" s="75"/>
+      <c r="L49" s="75"/>
       <c r="M49" s="18"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
     </row>
     <row r="50" spans="1:16" s="2" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="18"/>
-      <c r="B50" s="55" t="s">
+      <c r="B50" s="76" t="s">
         <v>36</v>
       </c>
-      <c r="C50" s="84"/>
-[...8 lines deleted...]
-      <c r="L50" s="84"/>
+      <c r="C50" s="96"/>
+      <c r="D50" s="96"/>
+      <c r="E50" s="96"/>
+      <c r="F50" s="96"/>
+      <c r="G50" s="96"/>
+      <c r="H50" s="96"/>
+      <c r="I50" s="96"/>
+      <c r="J50" s="96"/>
+      <c r="K50" s="96"/>
+      <c r="L50" s="96"/>
       <c r="M50" s="18"/>
       <c r="N50" s="7"/>
       <c r="O50" s="7"/>
       <c r="P50" s="7"/>
     </row>
     <row r="51" spans="1:16" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="18"/>
       <c r="B51" s="37"/>
       <c r="C51" s="36"/>
       <c r="D51" s="36"/>
       <c r="E51" s="36"/>
       <c r="F51" s="36"/>
       <c r="G51" s="36"/>
       <c r="H51" s="36"/>
       <c r="I51" s="36"/>
       <c r="J51" s="36"/>
       <c r="K51" s="36"/>
       <c r="L51" s="36"/>
       <c r="M51" s="18"/>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
     </row>
     <row r="52" spans="1:16" s="2" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="18"/>
-      <c r="B52" s="55" t="s">
+      <c r="B52" s="76" t="s">
         <v>64</v>
       </c>
-      <c r="C52" s="55"/>
-[...8 lines deleted...]
-      <c r="L52" s="55"/>
+      <c r="C52" s="76"/>
+      <c r="D52" s="76"/>
+      <c r="E52" s="76"/>
+      <c r="F52" s="76"/>
+      <c r="G52" s="76"/>
+      <c r="H52" s="76"/>
+      <c r="I52" s="76"/>
+      <c r="J52" s="76"/>
+      <c r="K52" s="76"/>
+      <c r="L52" s="76"/>
       <c r="M52" s="18"/>
       <c r="N52" s="7"/>
       <c r="O52" s="7"/>
       <c r="P52" s="7"/>
     </row>
     <row r="53" spans="1:16" s="2" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="18"/>
-      <c r="B53" s="85" t="s">
+      <c r="B53" s="97" t="s">
         <v>37</v>
       </c>
-      <c r="C53" s="86"/>
-[...8 lines deleted...]
-      <c r="L53" s="86"/>
+      <c r="C53" s="98"/>
+      <c r="D53" s="98"/>
+      <c r="E53" s="98"/>
+      <c r="F53" s="98"/>
+      <c r="G53" s="98"/>
+      <c r="H53" s="98"/>
+      <c r="I53" s="98"/>
+      <c r="J53" s="98"/>
+      <c r="K53" s="98"/>
+      <c r="L53" s="98"/>
       <c r="M53" s="18"/>
       <c r="N53" s="7"/>
       <c r="O53" s="7"/>
       <c r="P53" s="7"/>
     </row>
     <row r="54" spans="1:16" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="18"/>
       <c r="B54" s="38"/>
       <c r="C54" s="39"/>
       <c r="D54" s="39"/>
       <c r="E54" s="39"/>
       <c r="F54" s="39"/>
       <c r="G54" s="39"/>
       <c r="H54" s="39"/>
       <c r="I54" s="39"/>
       <c r="J54" s="39"/>
       <c r="K54" s="39"/>
       <c r="L54" s="39"/>
       <c r="M54" s="18"/>
       <c r="N54" s="7"/>
       <c r="O54" s="7"/>
       <c r="P54" s="7"/>
     </row>
     <row r="55" spans="1:16" s="2" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="18"/>
-      <c r="B55" s="84" t="s">
+      <c r="B55" s="96" t="s">
         <v>65</v>
       </c>
-      <c r="C55" s="111"/>
-[...8 lines deleted...]
-      <c r="L55" s="111"/>
+      <c r="C55" s="99"/>
+      <c r="D55" s="99"/>
+      <c r="E55" s="99"/>
+      <c r="F55" s="99"/>
+      <c r="G55" s="99"/>
+      <c r="H55" s="99"/>
+      <c r="I55" s="99"/>
+      <c r="J55" s="99"/>
+      <c r="K55" s="99"/>
+      <c r="L55" s="99"/>
       <c r="M55" s="18"/>
       <c r="N55" s="7"/>
       <c r="O55" s="7"/>
       <c r="P55" s="7"/>
     </row>
     <row r="56" spans="1:16" s="2" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="18"/>
-      <c r="B56" s="55" t="s">
+      <c r="B56" s="76" t="s">
         <v>38</v>
       </c>
-      <c r="C56" s="84"/>
-[...8 lines deleted...]
-      <c r="L56" s="84"/>
+      <c r="C56" s="96"/>
+      <c r="D56" s="96"/>
+      <c r="E56" s="96"/>
+      <c r="F56" s="96"/>
+      <c r="G56" s="96"/>
+      <c r="H56" s="96"/>
+      <c r="I56" s="96"/>
+      <c r="J56" s="96"/>
+      <c r="K56" s="96"/>
+      <c r="L56" s="96"/>
       <c r="M56" s="18"/>
       <c r="N56" s="7"/>
       <c r="O56" s="7"/>
       <c r="P56" s="7"/>
     </row>
     <row r="57" spans="1:16" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="18"/>
       <c r="B57" s="37"/>
       <c r="C57" s="36"/>
       <c r="D57" s="36"/>
       <c r="E57" s="36"/>
       <c r="F57" s="36"/>
       <c r="G57" s="36"/>
       <c r="H57" s="36"/>
       <c r="I57" s="36"/>
       <c r="J57" s="36"/>
       <c r="K57" s="36"/>
       <c r="L57" s="36"/>
       <c r="M57" s="18"/>
       <c r="N57" s="7"/>
       <c r="O57" s="7"/>
       <c r="P57" s="7"/>
     </row>
     <row r="58" spans="1:16" s="2" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="18"/>
-      <c r="B58" s="84" t="s">
+      <c r="B58" s="96" t="s">
         <v>66</v>
       </c>
-      <c r="C58" s="84"/>
-[...8 lines deleted...]
-      <c r="L58" s="84"/>
+      <c r="C58" s="96"/>
+      <c r="D58" s="96"/>
+      <c r="E58" s="96"/>
+      <c r="F58" s="96"/>
+      <c r="G58" s="96"/>
+      <c r="H58" s="96"/>
+      <c r="I58" s="96"/>
+      <c r="J58" s="96"/>
+      <c r="K58" s="96"/>
+      <c r="L58" s="96"/>
       <c r="M58" s="18"/>
       <c r="N58" s="7"/>
       <c r="O58" s="7"/>
       <c r="P58" s="7"/>
     </row>
     <row r="59" spans="1:16" s="2" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="18"/>
-      <c r="B59" s="84" t="s">
+      <c r="B59" s="96" t="s">
         <v>39</v>
       </c>
-      <c r="C59" s="84"/>
-[...8 lines deleted...]
-      <c r="L59" s="84"/>
+      <c r="C59" s="96"/>
+      <c r="D59" s="96"/>
+      <c r="E59" s="96"/>
+      <c r="F59" s="96"/>
+      <c r="G59" s="96"/>
+      <c r="H59" s="96"/>
+      <c r="I59" s="96"/>
+      <c r="J59" s="96"/>
+      <c r="K59" s="96"/>
+      <c r="L59" s="96"/>
       <c r="M59" s="18"/>
       <c r="N59" s="7"/>
       <c r="O59" s="7"/>
       <c r="P59" s="7"/>
     </row>
     <row r="60" spans="1:16" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="18"/>
       <c r="B60" s="36"/>
       <c r="C60" s="36"/>
       <c r="D60" s="36"/>
       <c r="E60" s="36"/>
       <c r="F60" s="36"/>
       <c r="G60" s="36"/>
       <c r="H60" s="36"/>
       <c r="I60" s="36"/>
       <c r="J60" s="36"/>
       <c r="K60" s="36"/>
       <c r="L60" s="36"/>
       <c r="M60" s="18"/>
       <c r="N60" s="7"/>
       <c r="O60" s="7"/>
       <c r="P60" s="7"/>
     </row>
     <row r="61" spans="1:16" s="2" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="18"/>
-      <c r="B61" s="84" t="s">
+      <c r="B61" s="96" t="s">
         <v>67</v>
       </c>
-      <c r="C61" s="84"/>
-[...8 lines deleted...]
-      <c r="L61" s="84"/>
+      <c r="C61" s="96"/>
+      <c r="D61" s="96"/>
+      <c r="E61" s="96"/>
+      <c r="F61" s="96"/>
+      <c r="G61" s="96"/>
+      <c r="H61" s="96"/>
+      <c r="I61" s="96"/>
+      <c r="J61" s="96"/>
+      <c r="K61" s="96"/>
+      <c r="L61" s="96"/>
       <c r="M61" s="18"/>
       <c r="N61" s="7"/>
       <c r="O61" s="7"/>
       <c r="P61" s="7"/>
     </row>
     <row r="62" spans="1:16" s="2" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="18"/>
-      <c r="B62" s="84" t="s">
+      <c r="B62" s="96" t="s">
         <v>41</v>
       </c>
-      <c r="C62" s="84"/>
-[...8 lines deleted...]
-      <c r="L62" s="84"/>
+      <c r="C62" s="96"/>
+      <c r="D62" s="96"/>
+      <c r="E62" s="96"/>
+      <c r="F62" s="96"/>
+      <c r="G62" s="96"/>
+      <c r="H62" s="96"/>
+      <c r="I62" s="96"/>
+      <c r="J62" s="96"/>
+      <c r="K62" s="96"/>
+      <c r="L62" s="96"/>
       <c r="M62" s="18"/>
       <c r="N62" s="7"/>
       <c r="O62" s="7"/>
       <c r="P62" s="7"/>
     </row>
     <row r="63" spans="1:16" s="2" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="18"/>
       <c r="B63" s="18"/>
       <c r="C63" s="18"/>
       <c r="D63" s="18"/>
       <c r="E63" s="18"/>
       <c r="F63" s="18"/>
       <c r="G63" s="18"/>
       <c r="H63" s="18"/>
       <c r="I63" s="18"/>
       <c r="J63" s="18"/>
       <c r="K63" s="18"/>
       <c r="L63" s="18"/>
       <c r="M63" s="18"/>
       <c r="N63" s="7"/>
       <c r="O63" s="7"/>
       <c r="P63" s="7"/>
     </row>
     <row r="64" spans="1:16" s="2" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="18"/>
-      <c r="B64" s="87" t="s">
+      <c r="B64" s="82" t="s">
         <v>78</v>
       </c>
-      <c r="C64" s="87"/>
-[...3 lines deleted...]
-      <c r="G64" s="87" t="s">
+      <c r="C64" s="82"/>
+      <c r="D64" s="82"/>
+      <c r="E64" s="82"/>
+      <c r="F64" s="51"/>
+      <c r="G64" s="82" t="s">
         <v>79</v>
       </c>
-      <c r="H64" s="87"/>
-[...2 lines deleted...]
-      <c r="K64" s="112"/>
+      <c r="H64" s="82"/>
+      <c r="I64" s="82"/>
+      <c r="J64" s="82"/>
+      <c r="K64" s="51"/>
       <c r="L64" s="27" t="s">
         <v>80</v>
       </c>
       <c r="M64" s="18"/>
       <c r="N64" s="7"/>
       <c r="O64" s="7"/>
       <c r="P64" s="7"/>
     </row>
     <row r="65" spans="1:16" s="2" customFormat="1" ht="31.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="18"/>
-      <c r="B65" s="113"/>
-[...2 lines deleted...]
-      <c r="E65" s="113"/>
+      <c r="B65" s="95"/>
+      <c r="C65" s="95"/>
+      <c r="D65" s="95"/>
+      <c r="E65" s="95"/>
       <c r="F65" s="18"/>
-      <c r="G65" s="114"/>
-[...2 lines deleted...]
-      <c r="J65" s="114"/>
+      <c r="G65" s="100"/>
+      <c r="H65" s="100"/>
+      <c r="I65" s="100"/>
+      <c r="J65" s="100"/>
       <c r="K65" s="18"/>
-      <c r="L65" s="115"/>
+      <c r="L65" s="52"/>
       <c r="M65" s="18"/>
       <c r="N65" s="7"/>
       <c r="O65" s="7"/>
       <c r="P65" s="7"/>
     </row>
     <row r="66" spans="1:16" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="18"/>
       <c r="B66" s="18"/>
       <c r="C66" s="18"/>
       <c r="D66" s="18"/>
       <c r="E66" s="18"/>
       <c r="F66" s="18"/>
       <c r="G66" s="18"/>
       <c r="H66" s="18"/>
       <c r="I66" s="18"/>
       <c r="J66" s="18"/>
       <c r="K66" s="18"/>
       <c r="L66" s="18"/>
       <c r="M66" s="18"/>
       <c r="N66" s="7"/>
       <c r="O66" s="7"/>
       <c r="P66" s="7"/>
     </row>
     <row r="67" spans="1:16" ht="40.700000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="18"/>
-      <c r="B67" s="87" t="s">
+      <c r="B67" s="82" t="s">
         <v>81</v>
       </c>
-      <c r="C67" s="87"/>
-[...3 lines deleted...]
-      <c r="G67" s="87" t="s">
+      <c r="C67" s="82"/>
+      <c r="D67" s="82"/>
+      <c r="E67" s="82"/>
+      <c r="F67" s="51"/>
+      <c r="G67" s="82" t="s">
         <v>68</v>
       </c>
-      <c r="H67" s="87"/>
-[...2 lines deleted...]
-      <c r="K67" s="112"/>
+      <c r="H67" s="82"/>
+      <c r="I67" s="82"/>
+      <c r="J67" s="82"/>
+      <c r="K67" s="51"/>
       <c r="L67" s="40" t="s">
         <v>80</v>
       </c>
       <c r="M67" s="18"/>
     </row>
     <row r="68" spans="1:16" ht="31.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="18"/>
-      <c r="B68" s="113"/>
-[...2 lines deleted...]
-      <c r="E68" s="113"/>
+      <c r="B68" s="95"/>
+      <c r="C68" s="95"/>
+      <c r="D68" s="95"/>
+      <c r="E68" s="95"/>
       <c r="F68" s="18"/>
-      <c r="G68" s="113"/>
-[...2 lines deleted...]
-      <c r="J68" s="113"/>
+      <c r="G68" s="95"/>
+      <c r="H68" s="95"/>
+      <c r="I68" s="95"/>
+      <c r="J68" s="95"/>
       <c r="K68" s="18"/>
-      <c r="L68" s="115"/>
+      <c r="L68" s="52"/>
       <c r="M68" s="18"/>
     </row>
     <row r="69" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A69" s="18"/>
       <c r="B69" s="18"/>
       <c r="C69" s="18"/>
       <c r="D69" s="18"/>
       <c r="E69" s="18"/>
       <c r="F69" s="18"/>
       <c r="G69" s="18"/>
       <c r="H69" s="18"/>
       <c r="I69" s="18"/>
       <c r="J69" s="18"/>
       <c r="K69" s="18"/>
       <c r="L69" s="18"/>
       <c r="M69" s="18"/>
     </row>
     <row r="70" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A70" s="18"/>
       <c r="B70" s="18"/>
       <c r="C70" s="18"/>
       <c r="D70" s="18"/>
       <c r="E70" s="18"/>
       <c r="F70" s="18"/>
       <c r="G70" s="18"/>
@@ -5144,110 +5225,111 @@
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="N89" s="7"/>
       <c r="O89" s="7"/>
       <c r="P89" s="7"/>
     </row>
     <row r="93" spans="2:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B93" s="1"/>
       <c r="C93" s="1"/>
       <c r="D93" s="1"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="N93" s="7"/>
       <c r="O93" s="7"/>
       <c r="P93" s="7"/>
     </row>
   </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="ExFD2niHAgKmXpu2ZS6shsNHRH7Re4FH5DlVUxXhb9GH4EdTVbNecpiVKRDdVGVU6wb30XZDamMOubDYmXRChA==" saltValue="ny3hCR6HJdjeCXkHq4LZfA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="98">
     <mergeCell ref="B14:L14"/>
     <mergeCell ref="B43:L43"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="J12:L12"/>
     <mergeCell ref="B12:C12"/>
+    <mergeCell ref="G21:I21"/>
+    <mergeCell ref="G22:I22"/>
+    <mergeCell ref="G23:I23"/>
+    <mergeCell ref="G24:I24"/>
+    <mergeCell ref="G25:I25"/>
+    <mergeCell ref="C32:F32"/>
+    <mergeCell ref="C33:F33"/>
+    <mergeCell ref="B28:L28"/>
+    <mergeCell ref="C26:F26"/>
+    <mergeCell ref="I32:J32"/>
     <mergeCell ref="B59:L59"/>
     <mergeCell ref="C19:F19"/>
     <mergeCell ref="B15:L15"/>
     <mergeCell ref="G17:I17"/>
     <mergeCell ref="G18:I18"/>
     <mergeCell ref="G19:I19"/>
     <mergeCell ref="C17:F17"/>
     <mergeCell ref="C18:F18"/>
     <mergeCell ref="C22:F22"/>
     <mergeCell ref="C23:F23"/>
     <mergeCell ref="C24:F24"/>
     <mergeCell ref="C25:F25"/>
+    <mergeCell ref="C35:F35"/>
+    <mergeCell ref="C20:F20"/>
+    <mergeCell ref="C21:F21"/>
+    <mergeCell ref="G20:I20"/>
     <mergeCell ref="B68:E68"/>
     <mergeCell ref="G68:J68"/>
     <mergeCell ref="B47:L47"/>
     <mergeCell ref="B50:L50"/>
     <mergeCell ref="B53:L53"/>
     <mergeCell ref="B56:L56"/>
     <mergeCell ref="B62:L62"/>
     <mergeCell ref="B55:L55"/>
     <mergeCell ref="B58:L58"/>
     <mergeCell ref="B61:L61"/>
     <mergeCell ref="B67:E67"/>
     <mergeCell ref="G64:J64"/>
     <mergeCell ref="G67:J67"/>
     <mergeCell ref="B64:E64"/>
     <mergeCell ref="B65:E65"/>
     <mergeCell ref="G65:J65"/>
     <mergeCell ref="B6:L6"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="H11:I11"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="J10:L10"/>
     <mergeCell ref="J11:L11"/>
     <mergeCell ref="B8:L8"/>
     <mergeCell ref="B7:L7"/>
-    <mergeCell ref="C35:F35"/>
-[...12 lines deleted...]
-    <mergeCell ref="I32:J32"/>
     <mergeCell ref="I33:J33"/>
     <mergeCell ref="C36:F36"/>
     <mergeCell ref="B29:L29"/>
     <mergeCell ref="B31:L31"/>
     <mergeCell ref="K32:L32"/>
     <mergeCell ref="K33:L33"/>
     <mergeCell ref="K34:L34"/>
     <mergeCell ref="K35:L35"/>
     <mergeCell ref="K36:L36"/>
     <mergeCell ref="G36:H36"/>
     <mergeCell ref="I35:J35"/>
     <mergeCell ref="I36:J36"/>
     <mergeCell ref="G32:H32"/>
     <mergeCell ref="G33:H33"/>
     <mergeCell ref="G34:H34"/>
     <mergeCell ref="G35:H35"/>
     <mergeCell ref="C34:F34"/>
     <mergeCell ref="I34:J34"/>
     <mergeCell ref="C37:F37"/>
     <mergeCell ref="C38:F38"/>
     <mergeCell ref="B44:L44"/>
     <mergeCell ref="K38:L38"/>
     <mergeCell ref="G38:H38"/>
     <mergeCell ref="K39:L39"/>
     <mergeCell ref="B42:L42"/>